--- v0 (2025-10-30)
+++ v1 (2026-01-29)
@@ -1,340 +1,335 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="5" lowestEdited="6" rupBuild="9302"/>
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...3 lines deleted...]
-  </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12300"/>
+    <workbookView xWindow="360" yWindow="12" windowWidth="20736" windowHeight="9720"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G178" i="1" l="1"/>
+  <c r="J71" i="1" l="1"/>
+  <c r="G176" i="1" l="1"/>
   <c r="F34" i="1" l="1"/>
-  <c r="F41" i="1"/>
-[...2 lines deleted...]
-  <c r="L182" i="1" l="1"/>
+  <c r="F40" i="1"/>
+  <c r="F176" i="1" l="1"/>
+  <c r="L52" i="1" l="1"/>
+  <c r="L180" i="1" l="1"/>
   <c r="J34" i="1"/>
-  <c r="L201" i="1" l="1"/>
-[...49 lines deleted...]
-  <c r="J44" i="1"/>
+  <c r="L199" i="1" l="1"/>
+  <c r="J199" i="1"/>
+  <c r="I199" i="1"/>
+  <c r="H199" i="1"/>
+  <c r="G199" i="1"/>
+  <c r="F199" i="1"/>
+  <c r="J180" i="1"/>
+  <c r="I180" i="1"/>
+  <c r="H180" i="1"/>
+  <c r="G180" i="1"/>
+  <c r="F180" i="1"/>
+  <c r="L159" i="1"/>
+  <c r="J159" i="1"/>
+  <c r="I159" i="1"/>
+  <c r="H159" i="1"/>
+  <c r="G159" i="1"/>
+  <c r="F159" i="1"/>
+  <c r="L139" i="1"/>
+  <c r="J139" i="1"/>
+  <c r="I139" i="1"/>
+  <c r="H139" i="1"/>
+  <c r="G139" i="1"/>
+  <c r="F139" i="1"/>
+  <c r="F120" i="1"/>
+  <c r="G120" i="1"/>
+  <c r="H120" i="1"/>
+  <c r="I120" i="1"/>
+  <c r="J120" i="1"/>
+  <c r="L120" i="1"/>
+  <c r="L100" i="1" l="1"/>
+  <c r="J100" i="1"/>
+  <c r="I100" i="1"/>
+  <c r="H100" i="1"/>
+  <c r="G100" i="1"/>
+  <c r="F100" i="1"/>
+  <c r="L81" i="1"/>
+  <c r="J81" i="1"/>
+  <c r="I81" i="1"/>
+  <c r="H81" i="1"/>
+  <c r="G81" i="1"/>
+  <c r="F81" i="1"/>
+  <c r="L62" i="1"/>
+  <c r="J62" i="1"/>
+  <c r="I62" i="1"/>
+  <c r="H62" i="1"/>
+  <c r="G62" i="1"/>
+  <c r="F62" i="1"/>
+  <c r="G43" i="1"/>
+  <c r="H43" i="1"/>
+  <c r="I43" i="1"/>
+  <c r="J43" i="1"/>
   <c r="G25" i="1"/>
   <c r="H25" i="1"/>
   <c r="I25" i="1"/>
   <c r="J25" i="1"/>
   <c r="F25" i="1"/>
-  <c r="F44" i="1"/>
-  <c r="L44" i="1"/>
+  <c r="F43" i="1"/>
+  <c r="L43" i="1"/>
   <c r="L25" i="1"/>
-  <c r="L190" i="1" l="1"/>
-[...5 lines deleted...]
-  <c r="L73" i="1"/>
+  <c r="L188" i="1" l="1"/>
+  <c r="L168" i="1"/>
+  <c r="L148" i="1"/>
+  <c r="L129" i="1"/>
+  <c r="L109" i="1"/>
+  <c r="L89" i="1"/>
+  <c r="L71" i="1"/>
   <c r="L13" i="1"/>
   <c r="L34" i="1"/>
-  <c r="F198" i="1" l="1"/>
-[...9 lines deleted...]
-  <c r="F61" i="1"/>
+  <c r="F196" i="1" l="1"/>
+  <c r="F188" i="1"/>
+  <c r="F156" i="1"/>
+  <c r="F148" i="1"/>
+  <c r="F136" i="1"/>
+  <c r="F129" i="1"/>
+  <c r="F117" i="1"/>
+  <c r="F97" i="1"/>
+  <c r="F89" i="1"/>
+  <c r="F78" i="1"/>
+  <c r="F59" i="1"/>
   <c r="F21" i="1"/>
-  <c r="F170" i="1"/>
-[...2 lines deleted...]
-  <c r="F53" i="1"/>
+  <c r="F168" i="1"/>
+  <c r="F109" i="1"/>
+  <c r="F71" i="1"/>
+  <c r="F52" i="1"/>
   <c r="F13" i="1"/>
-  <c r="F162" i="1" l="1"/>
-[...3 lines deleted...]
-  <c r="F65" i="1"/>
+  <c r="F160" i="1" l="1"/>
+  <c r="F121" i="1"/>
+  <c r="F140" i="1"/>
+  <c r="F181" i="1"/>
+  <c r="F63" i="1"/>
   <c r="F26" i="1"/>
-  <c r="F84" i="1"/>
-[...48 lines deleted...]
-  <c r="G41" i="1"/>
+  <c r="F82" i="1"/>
+  <c r="F44" i="1"/>
+  <c r="F101" i="1"/>
+  <c r="F200" i="1"/>
+  <c r="B101" i="1"/>
+  <c r="A101" i="1"/>
+  <c r="L97" i="1"/>
+  <c r="L101" i="1" s="1"/>
+  <c r="J97" i="1"/>
+  <c r="I97" i="1"/>
+  <c r="H97" i="1"/>
+  <c r="G97" i="1"/>
+  <c r="J89" i="1"/>
+  <c r="I89" i="1"/>
+  <c r="H89" i="1"/>
+  <c r="G89" i="1"/>
+  <c r="G101" i="1" s="1"/>
+  <c r="B82" i="1"/>
+  <c r="A82" i="1"/>
+  <c r="L78" i="1"/>
+  <c r="L82" i="1" s="1"/>
+  <c r="J78" i="1"/>
+  <c r="I78" i="1"/>
+  <c r="H78" i="1"/>
+  <c r="G78" i="1"/>
+  <c r="I71" i="1"/>
+  <c r="H71" i="1"/>
+  <c r="G71" i="1"/>
+  <c r="B63" i="1"/>
+  <c r="A63" i="1"/>
+  <c r="L59" i="1"/>
+  <c r="L63" i="1" s="1"/>
+  <c r="J59" i="1"/>
+  <c r="I59" i="1"/>
+  <c r="H59" i="1"/>
+  <c r="G59" i="1"/>
+  <c r="J52" i="1"/>
+  <c r="I52" i="1"/>
+  <c r="H52" i="1"/>
+  <c r="G52" i="1"/>
+  <c r="B44" i="1"/>
+  <c r="A44" i="1"/>
+  <c r="L40" i="1"/>
+  <c r="L44" i="1" s="1"/>
+  <c r="J40" i="1"/>
+  <c r="J44" i="1" s="1"/>
+  <c r="I40" i="1"/>
+  <c r="H40" i="1"/>
+  <c r="G40" i="1"/>
   <c r="B35" i="1"/>
   <c r="A35" i="1"/>
   <c r="I34" i="1"/>
   <c r="H34" i="1"/>
   <c r="G34" i="1"/>
   <c r="B26" i="1"/>
   <c r="A26" i="1"/>
   <c r="L21" i="1"/>
   <c r="L26" i="1" s="1"/>
   <c r="J21" i="1"/>
   <c r="I21" i="1"/>
   <c r="H21" i="1"/>
   <c r="G21" i="1"/>
   <c r="B14" i="1"/>
   <c r="A14" i="1"/>
   <c r="J13" i="1"/>
   <c r="I13" i="1"/>
   <c r="H13" i="1"/>
   <c r="G13" i="1"/>
-  <c r="G65" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="H65" i="1"/>
+  <c r="G63" i="1" l="1"/>
+  <c r="H101" i="1"/>
+  <c r="H82" i="1"/>
+  <c r="I82" i="1"/>
+  <c r="I63" i="1"/>
+  <c r="H63" i="1"/>
   <c r="G26" i="1"/>
-  <c r="F203" i="1"/>
-[...5 lines deleted...]
-  <c r="J65" i="1"/>
+  <c r="F201" i="1"/>
+  <c r="J101" i="1"/>
+  <c r="I101" i="1"/>
+  <c r="I44" i="1"/>
+  <c r="G82" i="1"/>
+  <c r="J82" i="1"/>
+  <c r="J63" i="1"/>
   <c r="J26" i="1"/>
   <c r="I26" i="1"/>
-  <c r="H45" i="1"/>
+  <c r="H44" i="1"/>
   <c r="H26" i="1"/>
-  <c r="G45" i="1"/>
-[...81 lines deleted...]
-  <c r="J203" i="1"/>
+  <c r="G44" i="1"/>
+  <c r="J109" i="1"/>
+  <c r="I109" i="1"/>
+  <c r="H109" i="1"/>
+  <c r="G109" i="1"/>
+  <c r="B200" i="1" l="1"/>
+  <c r="A200" i="1"/>
+  <c r="L196" i="1"/>
+  <c r="L200" i="1" s="1"/>
+  <c r="J196" i="1"/>
+  <c r="I196" i="1"/>
+  <c r="H196" i="1"/>
+  <c r="G196" i="1"/>
+  <c r="J188" i="1"/>
+  <c r="I188" i="1"/>
+  <c r="H188" i="1"/>
+  <c r="G188" i="1"/>
+  <c r="B181" i="1"/>
+  <c r="A181" i="1"/>
+  <c r="L176" i="1"/>
+  <c r="L181" i="1" s="1"/>
+  <c r="J176" i="1"/>
+  <c r="I176" i="1"/>
+  <c r="H176" i="1"/>
+  <c r="J168" i="1"/>
+  <c r="I168" i="1"/>
+  <c r="H168" i="1"/>
+  <c r="G168" i="1"/>
+  <c r="L156" i="1"/>
+  <c r="L160" i="1" s="1"/>
+  <c r="J156" i="1"/>
+  <c r="I156" i="1"/>
+  <c r="H156" i="1"/>
+  <c r="G156" i="1"/>
+  <c r="J148" i="1"/>
+  <c r="I148" i="1"/>
+  <c r="H148" i="1"/>
+  <c r="G148" i="1"/>
+  <c r="B140" i="1"/>
+  <c r="A140" i="1"/>
+  <c r="L136" i="1"/>
+  <c r="L140" i="1" s="1"/>
+  <c r="J136" i="1"/>
+  <c r="I136" i="1"/>
+  <c r="H136" i="1"/>
+  <c r="G136" i="1"/>
+  <c r="J129" i="1"/>
+  <c r="I129" i="1"/>
+  <c r="H129" i="1"/>
+  <c r="G129" i="1"/>
+  <c r="B121" i="1"/>
+  <c r="A121" i="1"/>
+  <c r="L117" i="1"/>
+  <c r="L121" i="1" s="1"/>
+  <c r="J117" i="1"/>
+  <c r="J121" i="1" s="1"/>
+  <c r="I117" i="1"/>
+  <c r="I121" i="1" s="1"/>
+  <c r="H117" i="1"/>
+  <c r="H121" i="1" s="1"/>
+  <c r="G117" i="1"/>
+  <c r="G121" i="1" s="1"/>
+  <c r="H200" i="1" l="1"/>
+  <c r="J200" i="1"/>
+  <c r="G200" i="1"/>
+  <c r="I200" i="1"/>
+  <c r="I181" i="1"/>
+  <c r="H181" i="1"/>
+  <c r="G181" i="1"/>
+  <c r="J181" i="1"/>
+  <c r="I160" i="1"/>
+  <c r="H160" i="1"/>
+  <c r="G160" i="1"/>
+  <c r="J160" i="1"/>
+  <c r="L201" i="1"/>
+  <c r="I140" i="1"/>
+  <c r="H140" i="1"/>
+  <c r="G140" i="1"/>
+  <c r="J140" i="1"/>
+  <c r="H201" i="1" l="1"/>
+  <c r="I201" i="1"/>
+  <c r="G201" i="1"/>
+  <c r="J201" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="539" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="527" uniqueCount="165">
   <si>
     <t>Прием пищи</t>
   </si>
   <si>
     <t>Белки</t>
   </si>
   <si>
     <t>Жиры</t>
   </si>
   <si>
     <t>Углеводы</t>
   </si>
   <si>
     <t>Итого за день:</t>
   </si>
   <si>
     <t>Среднее значение за период:</t>
   </si>
   <si>
     <t>Типовое примерное меню приготавливаемых блюд</t>
   </si>
   <si>
     <t>Школа</t>
   </si>
   <si>
@@ -379,305 +374,266 @@
   <si>
     <t>гор.блюдо</t>
   </si>
   <si>
     <t>гор.напиток</t>
   </si>
   <si>
     <t>фрукты</t>
   </si>
   <si>
     <t>Обед</t>
   </si>
   <si>
     <t>1 блюдо</t>
   </si>
   <si>
     <t>2 блюдо</t>
   </si>
   <si>
     <t>гарнир</t>
   </si>
   <si>
     <t>напиток</t>
   </si>
   <si>
-    <t>хлеб бел.</t>
-[...4 lines deleted...]
-  <si>
     <t>итого</t>
   </si>
   <si>
     <t>Вес блюда, г</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>день</t>
   </si>
   <si>
     <t>месяц</t>
   </si>
   <si>
     <t>год</t>
   </si>
   <si>
     <t>директор (согласовал)</t>
   </si>
   <si>
     <t>ТТК</t>
   </si>
   <si>
     <t>№582/13</t>
   </si>
   <si>
     <t>Батон витаминный с микронутриентами</t>
   </si>
   <si>
     <t>Хлеб ржаной</t>
   </si>
   <si>
     <t>Сыр твердый</t>
   </si>
   <si>
     <t>№389/17</t>
   </si>
   <si>
-    <t>Суп из овощей с мясом и сметаной</t>
-[...1 lines deleted...]
-  <si>
     <t>Фрикадельки мясные в соусе</t>
   </si>
   <si>
     <t>№412/13</t>
   </si>
   <si>
     <t>Каша гречневая рассыпчатая</t>
   </si>
   <si>
     <t>№457/13</t>
   </si>
   <si>
     <t>Компот из сухофруктов</t>
   </si>
   <si>
     <t>Кофейный напиток на молоке</t>
   </si>
   <si>
-    <t>№762/97</t>
-[...1 lines deleted...]
-  <si>
     <t>Йогурт</t>
   </si>
   <si>
     <t>№420/10</t>
   </si>
   <si>
     <t>№136/13</t>
   </si>
   <si>
     <t>№420/13</t>
   </si>
   <si>
     <t>Тефтели в соусе</t>
   </si>
   <si>
     <t>№402/13</t>
   </si>
   <si>
     <t>Макароны отварные</t>
   </si>
   <si>
     <t>№469/13</t>
   </si>
   <si>
     <t>Фрукт свежий</t>
   </si>
   <si>
     <t>Суп картофельный с бобовыми, с мясом</t>
   </si>
   <si>
     <t>№165/13</t>
   </si>
   <si>
     <t>Сок</t>
   </si>
   <si>
     <t>№178/13</t>
   </si>
   <si>
     <t>Какао витаминизированное с молоком</t>
   </si>
   <si>
     <t>Ёжики домашние</t>
   </si>
   <si>
-    <t>Рагу овощное</t>
-[...10 lines deleted...]
-  <si>
     <t>Картофельное пюре</t>
   </si>
   <si>
     <t>№473/13</t>
   </si>
   <si>
     <t>Щи из свежей капусты с картофелем, мясом и сметаной</t>
   </si>
   <si>
     <t>№145/13</t>
   </si>
   <si>
     <t>Суп картофельный с крупой, с рыбными консервами</t>
   </si>
   <si>
     <t>№432/13</t>
   </si>
   <si>
     <t>№338/17</t>
   </si>
   <si>
-    <t>№83/17</t>
-[...1 lines deleted...]
-  <si>
     <t>№ 349/17</t>
   </si>
   <si>
     <t>№294/17</t>
   </si>
   <si>
     <t>Чай с сахаром</t>
   </si>
   <si>
     <t>№376/17</t>
   </si>
   <si>
-    <t>Суп картофельный с рисом, с мясом</t>
-[...1 lines deleted...]
-  <si>
     <t>Компот из кураги</t>
   </si>
   <si>
     <t>№546/13</t>
   </si>
   <si>
+    <t>МБОУ "Средняя школа №____"</t>
+  </si>
+  <si>
     <t>хлеб бел</t>
   </si>
   <si>
     <t>хлеб черн</t>
   </si>
   <si>
     <t>Рассольник Ленинградский с мясом, со сметаной</t>
   </si>
   <si>
     <t>№153/13</t>
   </si>
   <si>
     <t>доп.гарнир</t>
   </si>
   <si>
     <t>Котлеты домашние с соусом</t>
   </si>
   <si>
     <t>№271/17</t>
   </si>
   <si>
-    <t>Компот из свежих яблок</t>
-[...1 lines deleted...]
-  <si>
     <t>№538/13</t>
   </si>
   <si>
     <t>Шницель мясной с соусом</t>
   </si>
   <si>
     <t>№268/17</t>
   </si>
   <si>
-    <t>Борщ из свежей капусты, с картофелем, мясом и сметаной</t>
-[...1 lines deleted...]
-  <si>
     <t>Гуляш из филе куриного</t>
   </si>
   <si>
     <t>Каша молочная "Дружба", с маслом сливочным</t>
   </si>
   <si>
     <t>Полдник</t>
   </si>
   <si>
     <t>муч.изделие</t>
   </si>
   <si>
-    <t>№604/13</t>
-[...1 lines deleted...]
-  <si>
     <t>Булочка с сыром</t>
   </si>
   <si>
     <t>№633/13</t>
   </si>
   <si>
     <t>Ватрушка с творогом</t>
   </si>
   <si>
     <t>№606/13</t>
   </si>
   <si>
     <t>Рогалик с вареным сгущеным молоком</t>
   </si>
   <si>
     <t>Молочный коктейль фасованный</t>
   </si>
   <si>
     <t>№2/13</t>
   </si>
   <si>
     <t>Чай с лимоном</t>
   </si>
   <si>
     <t>№575/13</t>
   </si>
   <si>
     <t>Напиток цитрусовый</t>
   </si>
   <si>
-    <t>Мясо, тушенное с капустой</t>
-[...1 lines deleted...]
-  <si>
     <t>Чай с шиповником</t>
   </si>
   <si>
     <t>Мармелад фруктово-ягодный</t>
   </si>
   <si>
     <t>Биточки рубленые из птицы</t>
   </si>
   <si>
     <t>№154/13</t>
   </si>
   <si>
     <t>Тефтели куриные с соусом</t>
   </si>
   <si>
     <t>№157/13</t>
   </si>
   <si>
     <t>Яйцо вареное</t>
   </si>
   <si>
     <t>Суп молочный с макаронными изделиями (звёздочки)</t>
   </si>
   <si>
     <t>№209/17</t>
@@ -685,177 +641,195 @@
   <si>
     <t>Капуста квашеная д/г</t>
   </si>
   <si>
     <t>№164/13</t>
   </si>
   <si>
     <t>Икра кабачковая д/г</t>
   </si>
   <si>
     <t>№73/17</t>
   </si>
   <si>
     <t>Каша молочная рисовая, с маслом сливочным</t>
   </si>
   <si>
     <t>№272/13</t>
   </si>
   <si>
     <t>Запеканка картофельная с мясом</t>
   </si>
   <si>
     <t>Омлет с сыром</t>
   </si>
   <si>
-    <t>Овощи свежие д/г</t>
-[...1 lines deleted...]
-  <si>
     <t>Спагетти отварные</t>
   </si>
   <si>
     <t>Сдоба обыкновенная</t>
   </si>
   <si>
     <t>Напиток из свежих яблок</t>
   </si>
   <si>
     <t>№611/13</t>
   </si>
   <si>
     <t>№346/17</t>
   </si>
   <si>
     <t>Запеканка из творога с морковью, со сгущеным молоком</t>
   </si>
   <si>
     <t>№308/13</t>
   </si>
   <si>
     <t>Батончик злаковый с витаминами</t>
   </si>
   <si>
     <t>№71/17</t>
   </si>
   <si>
-    <t>270</t>
-[...7 lines deleted...]
-  <si>
     <t>Котлеты рыбные</t>
   </si>
   <si>
-    <t xml:space="preserve">Компот из кураги </t>
-[...1 lines deleted...]
-  <si>
     <t>№342/13</t>
   </si>
   <si>
     <t>№585/13</t>
   </si>
   <si>
     <t>Кисломолочный напиток</t>
   </si>
   <si>
     <t>Молоко фасованное</t>
   </si>
   <si>
     <t>Плов из мяса</t>
   </si>
   <si>
-    <t>Компот из свежемороженных ягод</t>
-[...10 lines deleted...]
-  <si>
     <t>Отвар из шиповника</t>
   </si>
   <si>
     <t>№591/13</t>
   </si>
   <si>
-    <t>260</t>
-[...4 lines deleted...]
-  <si>
     <t>Голень куриная отварная</t>
   </si>
   <si>
-    <t>Рис отварной с овощами</t>
-[...4 lines deleted...]
-  <si>
     <t>Запеканка из творога с яблоками, со сгущеным молоком</t>
   </si>
   <si>
     <t>Напиток из свежемороженных ягод</t>
   </si>
   <si>
     <t>Масло сливочное</t>
   </si>
   <si>
     <t>№1/13</t>
   </si>
   <si>
     <t>Кондитерское изделие промышленного производства</t>
   </si>
   <si>
-    <t>Суп картофельный с макаронными изделиями (звёздочки), с цыпленком</t>
-[...4 lines deleted...]
-  <si>
     <t>Поджарка из рыбы с овощами</t>
   </si>
   <si>
-    <t>МБОУ СШ № 2</t>
-[...2 lines deleted...]
-    <t>Лушина Елена Эдуардовна</t>
+    <t>№581/13</t>
+  </si>
+  <si>
+    <t>Макаронные изделия отварные</t>
+  </si>
+  <si>
+    <t>Борщ с картофелем, с куриной грудкой, со сметаной</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Напиток из кураги </t>
+  </si>
+  <si>
+    <t>№137/13</t>
+  </si>
+  <si>
+    <t>№ 590/13</t>
+  </si>
+  <si>
+    <t>Суп картофельный с макаронными изделиями (звёздочки), с куриной грудкой</t>
+  </si>
+  <si>
+    <t>Кукуруза консервированная д/г</t>
+  </si>
+  <si>
+    <t>№166/13</t>
+  </si>
+  <si>
+    <t>№440/13</t>
+  </si>
+  <si>
+    <t>Ватрушка с конфитюром</t>
+  </si>
+  <si>
+    <t>Суп из овощей с куриной грудкой и сметаной</t>
+  </si>
+  <si>
+    <t>Жаркое по-домашнему</t>
+  </si>
+  <si>
+    <t>№367/13</t>
+  </si>
+  <si>
+    <t>Сосиска, запеченная в тесте</t>
+  </si>
+  <si>
+    <t>№420/17</t>
+  </si>
+  <si>
+    <t>Суп картофельный с рисом, с куриной грудкой</t>
+  </si>
+  <si>
+    <t>Рис отварной</t>
+  </si>
+  <si>
+    <t>№459/13</t>
+  </si>
+  <si>
+    <t>Борщ с капустой и картофелем, с мясом и сметаной</t>
+  </si>
+  <si>
+    <t>№487/13</t>
+  </si>
+  <si>
+    <t>Суп картофельный с макаронными изделиями, с куриной грудкой</t>
+  </si>
+  <si>
+    <t>Капуста тушеная</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
@@ -955,51 +929,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="42">
+  <borders count="36">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
@@ -1222,204 +1196,112 @@
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
-      <top/>
-[...20 lines deleted...]
-      </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...44 lines deleted...]
-    <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...22 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -1440,117 +1322,129 @@
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
-      <right style="medium">
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
         <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
       </right>
-      <top style="thin">
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color auto="1"/>
-      </top>
-[...2 lines deleted...]
-      </bottom>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
-      <bottom style="thin">
-[...12 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
-      <top style="medium">
-[...4 lines deleted...]
-      </bottom>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-        <color indexed="64"/>
+      <left style="thin">
+        <color auto="1"/>
       </left>
-      <right/>
-[...5 lines deleted...]
-      </bottom>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="222">
+  <cellXfs count="199">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1607,596 +1501,525 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="2" fontId="10" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="4" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="3" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="3" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="3" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...46 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...183 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2" xfId="2"/>
     <cellStyle name="Обычный 2 2 2" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -2486,6929 +2309,6858 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:S206"/>
+  <dimension ref="A1:S204"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="4" ySplit="5" topLeftCell="E132" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="5" topLeftCell="E180" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="K149" sqref="K149"/>
+      <selection pane="bottomRight" activeCell="E197" sqref="E197"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.7109375" style="27" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="9.28515625" style="27" customWidth="1"/>
+    <col min="1" max="1" width="4.6640625" style="27" customWidth="1"/>
+    <col min="2" max="2" width="5.33203125" style="27" customWidth="1"/>
+    <col min="3" max="3" width="9.109375" style="26"/>
+    <col min="4" max="4" width="11.5546875" style="26" customWidth="1"/>
+    <col min="5" max="5" width="52.5546875" style="27" customWidth="1"/>
+    <col min="6" max="6" width="9.33203125" style="27" customWidth="1"/>
     <col min="7" max="7" width="10" style="27" customWidth="1"/>
-    <col min="8" max="8" width="7.5703125" style="27" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="27"/>
+    <col min="8" max="8" width="7.5546875" style="27" customWidth="1"/>
+    <col min="9" max="9" width="6.88671875" style="27" customWidth="1"/>
+    <col min="10" max="10" width="8.109375" style="27" customWidth="1"/>
+    <col min="11" max="11" width="10" style="179" customWidth="1"/>
+    <col min="12" max="12" width="10.33203125" style="52" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="27"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:19" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A1" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="C1" s="210" t="s">
-[...3 lines deleted...]
-      <c r="E1" s="211"/>
+      <c r="C1" s="186" t="s">
+        <v>76</v>
+      </c>
+      <c r="D1" s="187"/>
+      <c r="E1" s="187"/>
       <c r="F1" s="28" t="s">
         <v>16</v>
       </c>
       <c r="G1" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="H1" s="212" t="s">
-[...6 lines deleted...]
-    <row r="2" spans="1:19" ht="18.75" x14ac:dyDescent="0.2">
+      <c r="H1" s="188" t="s">
+        <v>35</v>
+      </c>
+      <c r="I1" s="188"/>
+      <c r="J1" s="188"/>
+      <c r="K1" s="188"/>
+    </row>
+    <row r="2" spans="1:19" ht="17.399999999999999" x14ac:dyDescent="0.25">
       <c r="A2" s="29" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="27"/>
       <c r="G2" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="H2" s="212" t="s">
-[...6 lines deleted...]
-    <row r="3" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H2" s="188"/>
+      <c r="I2" s="188"/>
+      <c r="J2" s="188"/>
+      <c r="K2" s="188"/>
+    </row>
+    <row r="3" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="27"/>
       <c r="D3" s="31"/>
       <c r="E3" s="32" t="s">
         <v>9</v>
       </c>
       <c r="G3" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="H3" s="33">
-[...10 lines deleted...]
-    <row r="4" spans="1:19" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="H3" s="33"/>
+      <c r="I3" s="33"/>
+      <c r="J3" s="34"/>
+      <c r="K3" s="178"/>
+    </row>
+    <row r="4" spans="1:19" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C4" s="27"/>
       <c r="D4" s="30"/>
-      <c r="H4" s="36" t="s">
+      <c r="H4" s="35" t="s">
+        <v>32</v>
+      </c>
+      <c r="I4" s="35" t="s">
+        <v>33</v>
+      </c>
+      <c r="J4" s="35" t="s">
         <v>34</v>
       </c>
-      <c r="I4" s="36" t="s">
-[...7 lines deleted...]
-      <c r="A5" s="37" t="s">
+    </row>
+    <row r="5" spans="1:19" ht="21" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="B5" s="38" t="s">
+      <c r="B5" s="37" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="39" t="s">
+      <c r="C5" s="38" t="s">
         <v>0</v>
       </c>
-      <c r="D5" s="39" t="s">
+      <c r="D5" s="38" t="s">
         <v>13</v>
       </c>
-      <c r="E5" s="39" t="s">
+      <c r="E5" s="38" t="s">
         <v>12</v>
       </c>
-      <c r="F5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="39" t="s">
+      <c r="F5" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="38" t="s">
         <v>1</v>
       </c>
-      <c r="H5" s="39" t="s">
+      <c r="H5" s="38" t="s">
         <v>2</v>
       </c>
-      <c r="I5" s="39" t="s">
+      <c r="I5" s="38" t="s">
         <v>3</v>
       </c>
-      <c r="J5" s="39" t="s">
+      <c r="J5" s="38" t="s">
         <v>10</v>
       </c>
-      <c r="K5" s="39" t="s">
+      <c r="K5" s="38" t="s">
         <v>11</v>
       </c>
-      <c r="L5" s="56" t="s">
-[...4 lines deleted...]
-      <c r="A6" s="75">
+      <c r="L5" s="53" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A6" s="65">
         <v>1</v>
       </c>
-      <c r="B6" s="180">
+      <c r="B6" s="66">
         <v>1</v>
       </c>
-      <c r="C6" s="40" t="s">
+      <c r="C6" s="39" t="s">
         <v>20</v>
       </c>
-      <c r="D6" s="46"/>
-[...3 lines deleted...]
-      <c r="F6" s="113">
+      <c r="D6" s="45"/>
+      <c r="E6" s="172" t="s">
+        <v>96</v>
+      </c>
+      <c r="F6" s="166">
         <v>200</v>
       </c>
-      <c r="G6" s="3">
+      <c r="G6" s="127">
         <v>2.8</v>
       </c>
-      <c r="H6" s="3">
+      <c r="H6" s="127">
         <v>2.5</v>
       </c>
-      <c r="I6" s="3">
+      <c r="I6" s="127">
         <v>9.6</v>
       </c>
-      <c r="J6" s="3">
+      <c r="J6" s="127">
         <v>77.3</v>
       </c>
-      <c r="K6" s="160"/>
-      <c r="L6" s="59">
+      <c r="K6" s="153"/>
+      <c r="L6" s="154">
         <v>48</v>
       </c>
       <c r="N6" s="27"/>
       <c r="O6" s="27"/>
       <c r="P6" s="27"/>
       <c r="Q6" s="27"/>
       <c r="R6" s="27"/>
       <c r="S6" s="27"/>
     </row>
-    <row r="7" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F7" s="113">
+    <row r="7" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A7" s="67"/>
+      <c r="B7" s="68"/>
+      <c r="C7" s="40"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="F7" s="126">
         <v>17</v>
       </c>
       <c r="G7" s="3">
         <v>1.39</v>
       </c>
       <c r="H7" s="3">
         <v>3.93</v>
       </c>
       <c r="I7" s="3">
         <v>9.25</v>
       </c>
       <c r="J7" s="3">
         <v>78.03</v>
       </c>
-      <c r="K7" s="160"/>
-      <c r="L7" s="179">
+      <c r="K7" s="16"/>
+      <c r="L7" s="21">
         <v>20.239999999999998</v>
       </c>
       <c r="N7" s="27"/>
       <c r="O7" s="27"/>
       <c r="P7" s="27"/>
       <c r="Q7" s="27"/>
       <c r="R7" s="27"/>
       <c r="S7" s="27"/>
     </row>
-    <row r="8" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F8" s="5">
+    <row r="8" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A8" s="67"/>
+      <c r="B8" s="68"/>
+      <c r="C8" s="40"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="F8" s="126">
         <v>70</v>
       </c>
       <c r="G8" s="3">
         <v>8.5</v>
       </c>
       <c r="H8" s="3">
         <v>10.8</v>
       </c>
       <c r="I8" s="3">
         <v>1.2</v>
       </c>
       <c r="J8" s="3">
         <v>157.65</v>
       </c>
-      <c r="K8" s="162" t="s">
-[...2 lines deleted...]
-      <c r="L8" s="63">
+      <c r="K8" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="L8" s="21">
         <v>15</v>
       </c>
       <c r="N8" s="27"/>
       <c r="O8" s="27"/>
       <c r="P8" s="27"/>
       <c r="Q8" s="27"/>
       <c r="R8" s="27"/>
       <c r="S8" s="27"/>
     </row>
-    <row r="9" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D9" s="47" t="s">
+    <row r="9" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A9" s="67"/>
+      <c r="B9" s="68"/>
+      <c r="C9" s="40"/>
+      <c r="D9" s="46" t="s">
         <v>21</v>
       </c>
-      <c r="E9" s="109" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="5">
+      <c r="E9" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="F9" s="126">
         <v>210</v>
       </c>
       <c r="G9" s="3">
         <v>6.5</v>
       </c>
       <c r="H9" s="3">
         <v>17.100000000000001</v>
       </c>
       <c r="I9" s="3">
         <v>33.799999999999997</v>
       </c>
       <c r="J9" s="3">
         <v>315</v>
       </c>
-      <c r="K9" s="162" t="s">
-[...2 lines deleted...]
-      <c r="L9" s="63">
+      <c r="K9" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" s="21">
         <v>29.9</v>
       </c>
       <c r="N9" s="27"/>
       <c r="O9" s="27"/>
       <c r="P9" s="27"/>
       <c r="Q9" s="27"/>
       <c r="R9" s="27"/>
       <c r="S9" s="27"/>
     </row>
-    <row r="10" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D10" s="47" t="s">
+    <row r="10" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A10" s="67"/>
+      <c r="B10" s="68"/>
+      <c r="C10" s="40"/>
+      <c r="D10" s="46" t="s">
         <v>22</v>
       </c>
-      <c r="E10" s="112" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="113">
+      <c r="E10" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" s="126">
         <v>200</v>
       </c>
-      <c r="G10" s="99">
+      <c r="G10" s="3">
         <v>3.16</v>
       </c>
-      <c r="H10" s="99">
+      <c r="H10" s="3">
         <v>2.67</v>
       </c>
-      <c r="I10" s="99">
+      <c r="I10" s="3">
         <v>15.95</v>
       </c>
-      <c r="J10" s="99">
+      <c r="J10" s="3">
         <v>101</v>
       </c>
-      <c r="K10" s="161" t="s">
-[...2 lines deleted...]
-      <c r="L10" s="63">
+      <c r="K10" s="16" t="s">
+        <v>142</v>
+      </c>
+      <c r="L10" s="155">
         <v>9.1999999999999993</v>
       </c>
       <c r="N10" s="27"/>
       <c r="O10" s="27"/>
       <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="27"/>
       <c r="S10" s="27"/>
     </row>
-    <row r="11" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="F11" s="106">
+    <row r="11" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A11" s="67"/>
+      <c r="B11" s="68"/>
+      <c r="C11" s="40"/>
+      <c r="D11" s="46" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F11" s="16">
         <v>17</v>
       </c>
       <c r="G11" s="3">
         <v>1.36</v>
       </c>
       <c r="H11" s="3">
         <v>0.34</v>
       </c>
       <c r="I11" s="3">
         <v>9.69</v>
       </c>
       <c r="J11" s="3">
         <v>47.6</v>
       </c>
-      <c r="K11" s="161" t="s">
-[...2 lines deleted...]
-      <c r="L11" s="63">
+      <c r="K11" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" s="155">
         <v>2.9</v>
       </c>
       <c r="N11" s="27"/>
       <c r="O11" s="27"/>
       <c r="P11" s="27"/>
       <c r="Q11" s="27"/>
       <c r="R11" s="27"/>
       <c r="S11" s="27"/>
     </row>
-    <row r="12" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="F12" s="2">
+    <row r="12" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A12" s="67"/>
+      <c r="B12" s="68"/>
+      <c r="C12" s="40"/>
+      <c r="D12" s="46" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" s="16">
         <v>15</v>
       </c>
       <c r="G12" s="3">
         <v>1.05</v>
       </c>
       <c r="H12" s="3">
         <v>0.15</v>
       </c>
       <c r="I12" s="3">
         <v>6.45</v>
       </c>
       <c r="J12" s="3">
         <v>31.5</v>
       </c>
-      <c r="K12" s="160" t="s">
-[...2 lines deleted...]
-      <c r="L12" s="115">
+      <c r="K12" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" s="155">
         <v>1.43</v>
       </c>
       <c r="N12" s="27"/>
       <c r="O12" s="27"/>
       <c r="P12" s="27"/>
       <c r="Q12" s="27"/>
       <c r="R12" s="27"/>
       <c r="S12" s="27"/>
     </row>
-    <row r="13" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F13" s="68">
+    <row r="13" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A13" s="67"/>
+      <c r="B13" s="68"/>
+      <c r="C13" s="40"/>
+      <c r="D13" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="58"/>
+      <c r="F13" s="59">
         <f>SUM(F6:F12)</f>
         <v>729</v>
       </c>
-      <c r="G13" s="68">
+      <c r="G13" s="131">
         <f>SUM(G6:G12)</f>
         <v>24.759999999999998</v>
       </c>
-      <c r="H13" s="68">
+      <c r="H13" s="131">
         <f>SUM(H6:H12)</f>
         <v>37.49</v>
       </c>
-      <c r="I13" s="68">
+      <c r="I13" s="131">
         <f>SUM(I6:I12)</f>
         <v>85.94</v>
       </c>
-      <c r="J13" s="68">
+      <c r="J13" s="131">
         <f>SUM(J6:J12)</f>
         <v>808.08</v>
       </c>
-      <c r="K13" s="152"/>
-      <c r="L13" s="69">
+      <c r="K13" s="111"/>
+      <c r="L13" s="60">
         <f>SUM(L6:L12)</f>
         <v>126.67</v>
       </c>
       <c r="N13" s="27"/>
       <c r="O13" s="27"/>
       <c r="P13" s="27"/>
       <c r="Q13" s="27"/>
       <c r="R13" s="27"/>
       <c r="S13" s="27"/>
     </row>
-    <row r="14" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A14" s="77">
+    <row r="14" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A14" s="67">
         <f>A6</f>
         <v>1</v>
       </c>
-      <c r="B14" s="78">
+      <c r="B14" s="68">
         <f>B6</f>
         <v>1</v>
       </c>
-      <c r="C14" s="41" t="s">
+      <c r="C14" s="40" t="s">
         <v>24</v>
       </c>
-      <c r="D14" s="47" t="s">
+      <c r="D14" s="46" t="s">
         <v>25</v>
       </c>
-      <c r="E14" s="112" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="113">
+      <c r="E14" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="5">
         <v>260</v>
       </c>
       <c r="G14" s="3">
-        <v>12.3</v>
+        <v>10.6</v>
       </c>
       <c r="H14" s="3">
-        <v>13.86</v>
+        <v>12.1</v>
       </c>
       <c r="I14" s="3">
         <v>18.600000000000001</v>
       </c>
       <c r="J14" s="3">
-        <v>192.2</v>
-[...5 lines deleted...]
-        <v>24.92</v>
+        <v>173</v>
+      </c>
+      <c r="K14" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="L14" s="165">
+        <v>24.78</v>
       </c>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
       <c r="S14" s="27"/>
     </row>
-    <row r="15" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D15" s="47" t="s">
+    <row r="15" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A15" s="67"/>
+      <c r="B15" s="68"/>
+      <c r="C15" s="40"/>
+      <c r="D15" s="46" t="s">
         <v>26</v>
       </c>
-      <c r="E15" s="110" t="s">
-[...2 lines deleted...]
-      <c r="F15" s="113">
+      <c r="E15" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" s="5">
         <v>125</v>
       </c>
-      <c r="G15" s="108">
+      <c r="G15" s="3">
         <v>16.100000000000001</v>
       </c>
-      <c r="H15" s="108">
+      <c r="H15" s="3">
         <v>13</v>
       </c>
-      <c r="I15" s="108">
+      <c r="I15" s="3">
         <v>8.3000000000000007</v>
       </c>
-      <c r="J15" s="108">
+      <c r="J15" s="3">
         <v>195</v>
       </c>
-      <c r="K15" s="160" t="s">
-[...3 lines deleted...]
-        <v>37.880000000000003</v>
+      <c r="K15" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="L15" s="123">
+        <v>37.770000000000003</v>
       </c>
       <c r="N15" s="27"/>
       <c r="O15" s="27"/>
       <c r="P15" s="27"/>
       <c r="Q15" s="27"/>
       <c r="R15" s="27"/>
       <c r="S15" s="27"/>
     </row>
-    <row r="16" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D16" s="47" t="s">
+    <row r="16" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A16" s="67"/>
+      <c r="B16" s="68"/>
+      <c r="C16" s="40"/>
+      <c r="D16" s="46" t="s">
         <v>27</v>
       </c>
-      <c r="E16" s="11" t="s">
-        <v>58</v>
+      <c r="E16" s="6" t="s">
+        <v>143</v>
       </c>
       <c r="F16" s="5">
         <v>180</v>
       </c>
       <c r="G16" s="3">
         <v>6.3</v>
       </c>
       <c r="H16" s="3">
         <v>8.6999999999999993</v>
       </c>
       <c r="I16" s="3">
         <v>33.700000000000003</v>
       </c>
       <c r="J16" s="3">
         <v>239</v>
       </c>
-      <c r="K16" s="160" t="s">
-[...2 lines deleted...]
-      <c r="L16" s="57">
+      <c r="K16" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="L16" s="54">
         <v>7.95</v>
       </c>
       <c r="N16" s="27"/>
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="27"/>
       <c r="S16" s="27"/>
     </row>
-    <row r="17" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>125</v>
+    <row r="17" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A17" s="67"/>
+      <c r="B17" s="68"/>
+      <c r="C17" s="40"/>
+      <c r="D17" s="46" t="s">
+        <v>81</v>
+      </c>
+      <c r="E17" s="15" t="s">
+        <v>112</v>
       </c>
       <c r="F17" s="5">
         <v>100</v>
       </c>
       <c r="G17" s="3">
-        <v>1.8</v>
+        <v>0.54</v>
       </c>
       <c r="H17" s="3">
-        <v>0.1</v>
+        <v>2.9</v>
       </c>
       <c r="I17" s="3">
-        <v>3</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="J17" s="3">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="L17" s="118">
+        <v>81</v>
+      </c>
+      <c r="K17" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="L17" s="155">
         <v>15.89</v>
       </c>
     </row>
-    <row r="18" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D18" s="47" t="s">
+    <row r="18" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A18" s="67"/>
+      <c r="B18" s="68"/>
+      <c r="C18" s="40"/>
+      <c r="D18" s="46" t="s">
         <v>28</v>
       </c>
-      <c r="E18" s="105" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="106">
+      <c r="E18" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" s="2">
         <v>200</v>
       </c>
       <c r="G18" s="3">
         <v>1.4</v>
       </c>
       <c r="H18" s="3">
         <v>0.2</v>
       </c>
       <c r="I18" s="3">
         <v>26.4</v>
       </c>
       <c r="J18" s="3">
         <v>120</v>
       </c>
-      <c r="K18" s="182" t="s">
-        <v>43</v>
+      <c r="K18" s="16" t="s">
+        <v>41</v>
       </c>
       <c r="L18" s="23">
         <v>16.98</v>
       </c>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
       <c r="S18" s="27"/>
     </row>
-    <row r="19" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-        <v>27</v>
+    <row r="19" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A19" s="67"/>
+      <c r="B19" s="68"/>
+      <c r="C19" s="40"/>
+      <c r="D19" s="46" t="s">
+        <v>77</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" s="18">
+        <v>28</v>
       </c>
       <c r="G19" s="3">
         <v>2.2400000000000002</v>
       </c>
       <c r="H19" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="I19" s="3">
         <v>15.96</v>
       </c>
-      <c r="J19" s="181">
+      <c r="J19" s="130">
         <v>78.400000000000006</v>
       </c>
       <c r="K19" s="16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="L19" s="21">
-        <v>4.47</v>
-[...12 lines deleted...]
-      <c r="F20" s="141">
+        <v>4.72</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A20" s="67"/>
+      <c r="B20" s="68"/>
+      <c r="C20" s="40"/>
+      <c r="D20" s="46" t="s">
+        <v>78</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F20" s="18">
         <v>20</v>
       </c>
       <c r="G20" s="3">
         <v>1.92</v>
       </c>
       <c r="H20" s="3">
         <v>0.48</v>
       </c>
       <c r="I20" s="3">
         <v>13.68</v>
       </c>
       <c r="J20" s="3">
         <v>67.2</v>
       </c>
       <c r="K20" s="16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="L20" s="22">
         <v>1.91</v>
       </c>
     </row>
-    <row r="21" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E21" s="72"/>
+    <row r="21" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A21" s="67"/>
+      <c r="B21" s="68"/>
+      <c r="C21" s="40"/>
+      <c r="D21" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E21" s="58"/>
       <c r="F21" s="8">
         <f>SUM(F14:F20)</f>
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="G21" s="3">
         <f>SUM(G14:G20)</f>
-        <v>42.06</v>
+        <v>39.1</v>
       </c>
       <c r="H21" s="3">
         <f>SUM(H14:H20)</f>
-        <v>36.900000000000006</v>
+        <v>37.94</v>
       </c>
       <c r="I21" s="3">
         <f>SUM(I14:I20)</f>
-        <v>119.64000000000001</v>
+        <v>121.04000000000002</v>
       </c>
       <c r="J21" s="3">
         <f>SUM(J14:J20)</f>
-        <v>914.80000000000007</v>
-[...2 lines deleted...]
-      <c r="L21" s="64">
+        <v>953.6</v>
+      </c>
+      <c r="K21" s="83"/>
+      <c r="L21" s="56">
         <f>SUM(L14:L20)</f>
         <v>110</v>
       </c>
     </row>
-    <row r="22" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A22" s="77">
+    <row r="22" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A22" s="67">
         <v>1</v>
       </c>
-      <c r="B22" s="78">
+      <c r="B22" s="68">
         <v>1</v>
       </c>
-      <c r="C22" s="41" t="s">
+      <c r="C22" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="D22" s="46"/>
+      <c r="E22" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="F22" s="5">
+        <v>30</v>
+      </c>
+      <c r="G22" s="14">
+        <v>0.18</v>
+      </c>
+      <c r="H22" s="14">
+        <v>0</v>
+      </c>
+      <c r="I22" s="14">
+        <v>24.3</v>
+      </c>
+      <c r="J22" s="14">
+        <v>97.8</v>
+      </c>
+      <c r="K22" s="180"/>
+      <c r="L22" s="90">
+        <v>12.6</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A23" s="67"/>
+      <c r="B23" s="68"/>
+      <c r="C23" s="40"/>
+      <c r="D23" s="46" t="s">
+        <v>90</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="F23" s="5">
         <v>100</v>
       </c>
-      <c r="D22" s="47"/>
-[...36 lines deleted...]
-      <c r="G23" s="183">
+      <c r="G23" s="132">
         <v>6.9</v>
       </c>
-      <c r="H23" s="183">
+      <c r="H23" s="132">
         <v>12.1</v>
       </c>
-      <c r="I23" s="183">
+      <c r="I23" s="132">
         <v>54</v>
       </c>
-      <c r="J23" s="183">
+      <c r="J23" s="132">
         <v>368.8</v>
       </c>
-      <c r="K23" s="162" t="s">
-[...2 lines deleted...]
-      <c r="L23" s="119">
+      <c r="K23" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="L23" s="90">
         <v>13.37</v>
       </c>
     </row>
-    <row r="24" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D24" s="102" t="s">
+    <row r="24" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A24" s="67"/>
+      <c r="B24" s="68"/>
+      <c r="C24" s="40"/>
+      <c r="D24" s="88" t="s">
         <v>28</v>
       </c>
       <c r="E24" s="11" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="F24" s="5">
         <v>205</v>
       </c>
       <c r="G24" s="14">
         <v>0.25</v>
       </c>
       <c r="H24" s="14">
         <v>0.1</v>
       </c>
       <c r="I24" s="14">
         <v>14.1</v>
       </c>
       <c r="J24" s="14">
         <v>62</v>
       </c>
-      <c r="K24" s="162" t="s">
-        <v>111</v>
+      <c r="K24" s="2" t="s">
+        <v>99</v>
       </c>
       <c r="L24" s="23">
         <v>4.03</v>
       </c>
     </row>
-    <row r="25" spans="1:19" s="60" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:19" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="61"/>
       <c r="B25" s="62"/>
-      <c r="C25" s="49"/>
-[...4 lines deleted...]
-      <c r="F25" s="120">
+      <c r="C25" s="42"/>
+      <c r="D25" s="43" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" s="71"/>
+      <c r="F25" s="91">
         <f>SUM(F22:F24)</f>
         <v>335</v>
       </c>
-      <c r="G25" s="137">
+      <c r="G25" s="103">
         <f>SUM(G22:G24)</f>
         <v>7.33</v>
       </c>
-      <c r="H25" s="137">
+      <c r="H25" s="103">
         <f>SUM(H22:H24)</f>
         <v>12.2</v>
       </c>
-      <c r="I25" s="137">
+      <c r="I25" s="103">
         <f>SUM(I22:I24)</f>
         <v>92.399999999999991</v>
       </c>
-      <c r="J25" s="108">
+      <c r="J25" s="89">
         <f>SUM(J22:J24)</f>
         <v>528.6</v>
       </c>
-      <c r="K25" s="120"/>
-      <c r="L25" s="138">
+      <c r="K25" s="91"/>
+      <c r="L25" s="104">
         <f>SUM(L22:L24)</f>
         <v>30</v>
       </c>
     </row>
-    <row r="26" spans="1:19" s="60" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="85">
+    <row r="26" spans="1:19" s="55" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="133">
         <f>A6</f>
         <v>1</v>
       </c>
-      <c r="B26" s="86">
+      <c r="B26" s="134">
         <f>B6</f>
         <v>1</v>
       </c>
-      <c r="C26" s="213" t="s">
+      <c r="C26" s="189" t="s">
         <v>4</v>
       </c>
-      <c r="D26" s="214"/>
-[...1 lines deleted...]
-      <c r="F26" s="88">
+      <c r="D26" s="190"/>
+      <c r="E26" s="135"/>
+      <c r="F26" s="136">
         <f>F13+F21+F25</f>
-        <v>1976</v>
-[...1 lines deleted...]
-      <c r="G26" s="88">
+        <v>1977</v>
+      </c>
+      <c r="G26" s="136">
         <f>G13+G21+G25</f>
-        <v>74.149999999999991</v>
-[...1 lines deleted...]
-      <c r="H26" s="88">
+        <v>71.19</v>
+      </c>
+      <c r="H26" s="136">
         <f>H13+H21+H25</f>
-        <v>86.590000000000018</v>
-[...1 lines deleted...]
-      <c r="I26" s="88">
+        <v>87.63000000000001</v>
+      </c>
+      <c r="I26" s="136">
         <f>I13+I21+I25</f>
-        <v>297.98</v>
-[...1 lines deleted...]
-      <c r="J26" s="88">
+        <v>299.38</v>
+      </c>
+      <c r="J26" s="136">
         <f>J13+J21+J25</f>
-        <v>2251.48</v>
-[...2 lines deleted...]
-      <c r="L26" s="89">
+        <v>2290.2800000000002</v>
+      </c>
+      <c r="K26" s="137"/>
+      <c r="L26" s="138">
         <f>L13+L21+L25</f>
         <v>266.67</v>
       </c>
     </row>
-    <row r="27" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A27" s="65">
         <v>1</v>
       </c>
-      <c r="B27" s="80">
+      <c r="B27" s="66">
         <v>2</v>
       </c>
-      <c r="C27" s="45" t="s">
+      <c r="C27" s="39" t="s">
         <v>20</v>
       </c>
-      <c r="D27" s="188" t="s">
+      <c r="D27" s="140" t="s">
         <v>23</v>
       </c>
-      <c r="E27" s="189" t="s">
-[...32 lines deleted...]
-      <c r="F28" s="113">
+      <c r="E27" s="128" t="s">
+        <v>56</v>
+      </c>
+      <c r="F27" s="129">
+        <v>100</v>
+      </c>
+      <c r="G27" s="127">
+        <v>0.8</v>
+      </c>
+      <c r="H27" s="127">
+        <v>0.2</v>
+      </c>
+      <c r="I27" s="127">
+        <v>7.5</v>
+      </c>
+      <c r="J27" s="127">
+        <v>38</v>
+      </c>
+      <c r="K27" s="153" t="s">
+        <v>69</v>
+      </c>
+      <c r="L27" s="141">
+        <v>26.85</v>
+      </c>
+    </row>
+    <row r="28" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A28" s="67"/>
+      <c r="B28" s="68"/>
+      <c r="C28" s="40"/>
+      <c r="D28" s="92"/>
+      <c r="E28" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F28" s="5">
         <v>25</v>
       </c>
       <c r="G28" s="3">
         <v>1.25</v>
       </c>
       <c r="H28" s="3">
         <v>1.25</v>
       </c>
       <c r="I28" s="3">
         <v>16</v>
       </c>
       <c r="J28" s="3">
         <v>80</v>
       </c>
-      <c r="K28" s="160"/>
+      <c r="K28" s="16"/>
       <c r="L28" s="21">
         <v>27</v>
       </c>
       <c r="N28" s="27"/>
       <c r="O28" s="27"/>
       <c r="P28" s="27"/>
       <c r="Q28" s="27"/>
       <c r="R28" s="27"/>
       <c r="S28" s="27"/>
     </row>
-    <row r="29" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D29" s="47" t="s">
+    <row r="29" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A29" s="67"/>
+      <c r="B29" s="68"/>
+      <c r="C29" s="40"/>
+      <c r="D29" s="46" t="s">
         <v>21</v>
       </c>
-      <c r="E29" s="185" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="113">
+      <c r="E29" s="17" t="s">
+        <v>82</v>
+      </c>
+      <c r="F29" s="5">
         <v>100</v>
       </c>
       <c r="G29" s="16">
         <v>15</v>
       </c>
       <c r="H29" s="16">
         <v>19.8</v>
       </c>
       <c r="I29" s="16">
         <v>11.8</v>
       </c>
       <c r="J29" s="16">
         <v>286</v>
       </c>
-      <c r="K29" s="161" t="s">
-[...10 lines deleted...]
-      <c r="D30" s="47" t="s">
+      <c r="K29" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="L29" s="21">
+        <v>38.93</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A30" s="67"/>
+      <c r="B30" s="68"/>
+      <c r="C30" s="40"/>
+      <c r="D30" s="46" t="s">
         <v>21</v>
       </c>
-      <c r="E30" s="185" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="113">
+      <c r="E30" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F30" s="5">
         <v>180</v>
       </c>
       <c r="G30" s="16">
         <v>10.199999999999999</v>
       </c>
       <c r="H30" s="16">
         <v>7.6</v>
       </c>
       <c r="I30" s="16">
         <v>46.4</v>
       </c>
       <c r="J30" s="16">
         <v>294</v>
       </c>
-      <c r="K30" s="161" t="s">
-        <v>48</v>
+      <c r="K30" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="L30" s="21">
         <v>9.92</v>
       </c>
     </row>
-    <row r="31" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D31" s="47" t="s">
+    <row r="31" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A31" s="67"/>
+      <c r="B31" s="68"/>
+      <c r="C31" s="40"/>
+      <c r="D31" s="46" t="s">
         <v>22</v>
       </c>
-      <c r="E31" s="107" t="s">
-        <v>65</v>
+      <c r="E31" s="10" t="s">
+        <v>61</v>
       </c>
       <c r="F31" s="2">
         <v>200</v>
       </c>
-      <c r="G31" s="108">
+      <c r="G31" s="3">
         <v>2.9</v>
       </c>
-      <c r="H31" s="108">
+      <c r="H31" s="3">
         <v>2.5</v>
       </c>
-      <c r="I31" s="108">
+      <c r="I31" s="3">
         <v>24.8</v>
       </c>
-      <c r="J31" s="108">
+      <c r="J31" s="3">
         <v>132</v>
       </c>
-      <c r="K31" s="162" t="s">
-        <v>39</v>
+      <c r="K31" s="16" t="s">
+        <v>37</v>
       </c>
       <c r="L31" s="21">
         <v>16.64</v>
       </c>
     </row>
-    <row r="32" spans="1:19" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-        <v>23</v>
+    <row r="32" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A32" s="67"/>
+      <c r="B32" s="68"/>
+      <c r="C32" s="40"/>
+      <c r="D32" s="46" t="s">
+        <v>77</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F32" s="126">
+        <v>32</v>
       </c>
       <c r="G32" s="3">
-        <v>1.82</v>
+        <v>2.64</v>
       </c>
       <c r="H32" s="3">
-        <v>0.46</v>
+        <v>0.66</v>
       </c>
       <c r="I32" s="3">
-        <v>13.71</v>
+        <v>18.809999999999999</v>
       </c>
       <c r="J32" s="3">
-        <v>64.400000000000006</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>92.4</v>
+      </c>
+      <c r="K32" s="16" t="s">
+        <v>36</v>
       </c>
       <c r="L32" s="21">
-        <v>3.8</v>
-[...7 lines deleted...]
-        <v>87</v>
+        <v>5.42</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A33" s="67"/>
+      <c r="B33" s="68"/>
+      <c r="C33" s="40"/>
+      <c r="D33" s="47" t="s">
+        <v>78</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="F33" s="18">
+        <v>39</v>
+      </c>
+      <c r="F33" s="139">
         <v>20</v>
       </c>
       <c r="G33" s="3">
         <v>1.4</v>
       </c>
       <c r="H33" s="3">
         <v>0.2</v>
       </c>
       <c r="I33" s="3">
         <v>8.6</v>
       </c>
       <c r="J33" s="3">
         <v>42</v>
       </c>
       <c r="K33" s="16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="L33" s="20">
-        <v>1.9</v>
-[...10 lines deleted...]
-      <c r="F34" s="68">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A34" s="67"/>
+      <c r="B34" s="68"/>
+      <c r="C34" s="40"/>
+      <c r="D34" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E34" s="58"/>
+      <c r="F34" s="59">
         <f>SUM(F27:F33)</f>
-        <v>718</v>
-[...1 lines deleted...]
-      <c r="G34" s="68">
+        <v>657</v>
+      </c>
+      <c r="G34" s="59">
         <f>SUM(G27:G33)</f>
-        <v>32.85</v>
-[...1 lines deleted...]
-      <c r="H34" s="68">
+        <v>34.19</v>
+      </c>
+      <c r="H34" s="59">
         <f>SUM(H27:H33)</f>
-        <v>32.53</v>
-[...1 lines deleted...]
-      <c r="I34" s="68">
+        <v>32.21</v>
+      </c>
+      <c r="I34" s="59">
         <f>SUM(I27:I33)</f>
-        <v>141.41</v>
-[...1 lines deleted...]
-      <c r="J34" s="68">
+        <v>133.91</v>
+      </c>
+      <c r="J34" s="59">
         <f>SUM(J27:J33)</f>
-        <v>990.4</v>
-[...2 lines deleted...]
-      <c r="L34" s="69">
+        <v>964.4</v>
+      </c>
+      <c r="K34" s="111"/>
+      <c r="L34" s="60">
         <f>SUM(L27:L33)</f>
         <v>126.67</v>
       </c>
     </row>
-    <row r="35" spans="1:12" s="60" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="77">
+    <row r="35" spans="1:12" s="55" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="67">
         <f>A27</f>
         <v>1</v>
       </c>
-      <c r="B35" s="78">
+      <c r="B35" s="68">
         <f>B27</f>
         <v>2</v>
       </c>
-      <c r="C35" s="41" t="s">
+      <c r="C35" s="40" t="s">
         <v>24</v>
       </c>
-      <c r="D35" s="47" t="s">
+      <c r="D35" s="46" t="s">
         <v>25</v>
       </c>
-      <c r="E35" s="112" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="E35" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="F35" s="126">
+        <v>270</v>
       </c>
       <c r="G35" s="3">
         <v>8.5</v>
       </c>
       <c r="H35" s="3">
         <v>9.1999999999999993</v>
       </c>
       <c r="I35" s="3">
         <v>17.2</v>
       </c>
       <c r="J35" s="3">
         <v>187</v>
       </c>
-      <c r="K35" s="162" t="s">
-        <v>89</v>
+      <c r="K35" s="2" t="s">
+        <v>80</v>
       </c>
       <c r="L35" s="23">
-        <v>32.43</v>
-[...6 lines deleted...]
-      <c r="D36" s="47" t="s">
+        <v>32.31</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A36" s="67"/>
+      <c r="B36" s="68"/>
+      <c r="C36" s="40"/>
+      <c r="D36" s="46" t="s">
         <v>26</v>
       </c>
-      <c r="E36" s="142" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="141">
+      <c r="E36" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="F36" s="18">
         <v>200</v>
       </c>
       <c r="G36" s="3">
         <v>16.8</v>
       </c>
       <c r="H36" s="3">
         <v>16.7</v>
       </c>
       <c r="I36" s="3">
         <v>36.1</v>
       </c>
       <c r="J36" s="3">
         <v>355</v>
       </c>
-      <c r="K36" s="161" t="s">
-        <v>55</v>
+      <c r="K36" s="16" t="s">
+        <v>51</v>
       </c>
       <c r="L36" s="23">
-        <v>62.58</v>
-[...13 lines deleted...]
-        <v>30</v>
+        <v>62.19</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A37" s="67"/>
+      <c r="B37" s="68"/>
+      <c r="C37" s="40"/>
+      <c r="D37" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F37" s="18">
+        <v>200</v>
       </c>
       <c r="G37" s="3">
         <v>0.3</v>
       </c>
       <c r="H37" s="3">
         <v>0.03</v>
       </c>
       <c r="I37" s="3">
         <v>0.84</v>
       </c>
       <c r="J37" s="3">
         <v>4.5</v>
       </c>
-      <c r="K37" s="161" t="s">
-[...17 lines deleted...]
-        <v>200</v>
+      <c r="K37" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="L37" s="21">
+        <v>6.21</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A38" s="67"/>
+      <c r="B38" s="68"/>
+      <c r="C38" s="40"/>
+      <c r="D38" s="46" t="s">
+        <v>77</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F38" s="5">
+        <v>38</v>
       </c>
       <c r="G38" s="3">
         <v>0.7</v>
       </c>
       <c r="H38" s="3">
         <v>0.09</v>
       </c>
       <c r="I38" s="3">
         <v>32</v>
       </c>
       <c r="J38" s="3">
         <v>113</v>
       </c>
-      <c r="K38" s="161" t="s">
-        <v>79</v>
+      <c r="K38" s="114" t="s">
+        <v>36</v>
       </c>
       <c r="L38" s="21">
-        <v>6.36</v>
-[...5 lines deleted...]
-      <c r="C39" s="41"/>
+        <v>6.44</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A39" s="67"/>
+      <c r="B39" s="68"/>
+      <c r="C39" s="40"/>
       <c r="D39" s="47" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>78</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F39" s="19">
+        <v>30</v>
       </c>
       <c r="G39" s="3">
         <v>1.1200000000000001</v>
       </c>
       <c r="H39" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="I39" s="3">
         <v>7.98</v>
       </c>
       <c r="J39" s="3">
         <v>39.200000000000003</v>
       </c>
-      <c r="K39" s="158" t="s">
-[...68 lines deleted...]
-        <f>SUM(L35:L40)</f>
+      <c r="K39" s="111" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39" s="23">
+        <v>2.85</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A40" s="67"/>
+      <c r="B40" s="68"/>
+      <c r="C40" s="40"/>
+      <c r="D40" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E40" s="58"/>
+      <c r="F40" s="119">
+        <f>SUM(F35:F39)</f>
+        <v>738</v>
+      </c>
+      <c r="G40" s="59">
+        <f>SUM(G35:G39)</f>
+        <v>27.42</v>
+      </c>
+      <c r="H40" s="59">
+        <f>SUM(H35:H39)</f>
+        <v>26.3</v>
+      </c>
+      <c r="I40" s="59">
+        <f>SUM(I35:I39)</f>
+        <v>94.12</v>
+      </c>
+      <c r="J40" s="59">
+        <f>SUM(J35:J39)</f>
+        <v>698.7</v>
+      </c>
+      <c r="K40" s="111"/>
+      <c r="L40" s="64">
+        <f>SUM(L35:L39)</f>
         <v>109.99999999999999</v>
       </c>
     </row>
-    <row r="42" spans="1:12" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A42" s="77">
+    <row r="41" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A41" s="67">
         <v>1</v>
       </c>
-      <c r="B42" s="78">
+      <c r="B41" s="68">
         <v>2</v>
       </c>
-      <c r="C42" s="41" t="s">
+      <c r="C41" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="D41" s="46" t="s">
+        <v>90</v>
+      </c>
+      <c r="E41" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F41" s="5">
         <v>100</v>
       </c>
-      <c r="D42" s="47" t="s">
-[...3 lines deleted...]
-        <v>107</v>
+      <c r="G41" s="3">
+        <v>6.6</v>
+      </c>
+      <c r="H41" s="3">
+        <v>11.2</v>
+      </c>
+      <c r="I41" s="3">
+        <v>41.1</v>
+      </c>
+      <c r="J41" s="3">
+        <v>212</v>
+      </c>
+      <c r="K41" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41" s="24">
+        <v>23.18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A42" s="67"/>
+      <c r="B42" s="68"/>
+      <c r="C42" s="40"/>
+      <c r="D42" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E42" s="11" t="s">
+        <v>100</v>
       </c>
       <c r="F42" s="5">
-        <v>100</v>
-[...11 lines deleted...]
-        <v>212</v>
+        <v>200</v>
+      </c>
+      <c r="G42" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="H42" s="14">
+        <v>0.1</v>
+      </c>
+      <c r="I42" s="14">
+        <v>28</v>
+      </c>
+      <c r="J42" s="14">
+        <v>115</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>38</v>
-[...46 lines deleted...]
-        <f>SUM(F42:F43)</f>
+        <v>122</v>
+      </c>
+      <c r="L42" s="22">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="61"/>
+      <c r="B43" s="62"/>
+      <c r="C43" s="42"/>
+      <c r="D43" s="43" t="s">
+        <v>29</v>
+      </c>
+      <c r="E43" s="71"/>
+      <c r="F43" s="91">
+        <f>SUM(F41:F42)</f>
         <v>300</v>
       </c>
-      <c r="G44" s="130">
-        <f t="shared" ref="G44:J44" si="0">SUM(G42:G43)</f>
+      <c r="G43" s="103">
+        <f t="shared" ref="G43:J43" si="0">SUM(G41:G42)</f>
         <v>7.1</v>
       </c>
-      <c r="H44" s="130">
+      <c r="H43" s="103">
         <f t="shared" si="0"/>
         <v>11.299999999999999</v>
       </c>
-      <c r="I44" s="130">
+      <c r="I43" s="103">
         <f t="shared" si="0"/>
         <v>69.099999999999994</v>
       </c>
-      <c r="J44" s="130">
+      <c r="J43" s="103">
         <f t="shared" si="0"/>
         <v>327</v>
       </c>
-      <c r="K44" s="131"/>
-[...1 lines deleted...]
-        <f>SUM(L42:L43)</f>
+      <c r="K43" s="146"/>
+      <c r="L43" s="104">
+        <f>SUM(L41:L42)</f>
         <v>30</v>
       </c>
     </row>
-    <row r="45" spans="1:12" s="60" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="196">
+    <row r="44" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="72">
         <f>A27</f>
         <v>1</v>
       </c>
-      <c r="B45" s="85">
+      <c r="B44" s="73">
         <f>B27</f>
         <v>2</v>
       </c>
-      <c r="C45" s="215" t="s">
+      <c r="C44" s="191" t="s">
         <v>4</v>
       </c>
-      <c r="D45" s="216"/>
-[...23 lines deleted...]
-        <f>L34+L41+L44</f>
+      <c r="D44" s="192"/>
+      <c r="E44" s="74"/>
+      <c r="F44" s="75">
+        <f>F34+F40+F43</f>
+        <v>1695</v>
+      </c>
+      <c r="G44" s="75">
+        <f>G34+G40+G43</f>
+        <v>68.709999999999994</v>
+      </c>
+      <c r="H44" s="75">
+        <f>H34+H40+H43</f>
+        <v>69.81</v>
+      </c>
+      <c r="I44" s="75">
+        <f>I34+I40+I43</f>
+        <v>297.13</v>
+      </c>
+      <c r="J44" s="75">
+        <f>J34+J40+J43</f>
+        <v>1990.1</v>
+      </c>
+      <c r="K44" s="110"/>
+      <c r="L44" s="76">
+        <f>L34+L40+L43</f>
         <v>266.66999999999996</v>
       </c>
     </row>
-    <row r="46" spans="1:12" s="60" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="65">
+    <row r="45" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A45" s="57">
         <v>1</v>
       </c>
-      <c r="B46" s="80">
+      <c r="B45" s="70">
         <v>3</v>
       </c>
-      <c r="C46" s="45" t="s">
+      <c r="C45" s="44" t="s">
         <v>20</v>
       </c>
-      <c r="D46" s="188"/>
-[...3 lines deleted...]
-      <c r="F46" s="194">
+      <c r="D45" s="117"/>
+      <c r="E45" s="147" t="s">
+        <v>48</v>
+      </c>
+      <c r="F45" s="124">
         <v>110</v>
       </c>
-      <c r="G46" s="99">
-[...8 lines deleted...]
-      <c r="J46" s="99">
+      <c r="G45" s="86">
+        <v>2.9</v>
+      </c>
+      <c r="H45" s="86">
+        <v>2</v>
+      </c>
+      <c r="I45" s="86">
+        <v>16.2</v>
+      </c>
+      <c r="J45" s="86">
+        <v>94.4</v>
+      </c>
+      <c r="K45" s="181" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45" s="173">
+        <v>39.869999999999997</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A46" s="67"/>
+      <c r="B46" s="68"/>
+      <c r="C46" s="40"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="F46" s="5">
+        <v>10</v>
+      </c>
+      <c r="G46" s="3">
+        <v>0.1</v>
+      </c>
+      <c r="H46" s="3">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="I46" s="3">
+        <v>0.1</v>
+      </c>
+      <c r="J46" s="3">
+        <v>75</v>
+      </c>
+      <c r="K46" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="L46" s="54">
+        <v>12.75</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A47" s="67"/>
+      <c r="B47" s="68"/>
+      <c r="C47" s="40"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F47" s="2">
+        <v>35</v>
+      </c>
+      <c r="G47" s="9">
+        <v>8.58</v>
+      </c>
+      <c r="H47" s="9">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="I47" s="3">
+        <v>0</v>
+      </c>
+      <c r="J47" s="3">
+        <v>122.5</v>
+      </c>
+      <c r="K47" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="L47" s="54">
+        <v>31.29</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A48" s="67"/>
+      <c r="B48" s="68"/>
+      <c r="C48" s="40"/>
+      <c r="D48" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="E48" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="K46" s="207" t="s">
-[...17 lines deleted...]
-      <c r="G47" s="3">
+      <c r="F48" s="5">
+        <v>210</v>
+      </c>
+      <c r="G48" s="3">
+        <v>6</v>
+      </c>
+      <c r="H48" s="3">
+        <v>11.2</v>
+      </c>
+      <c r="I48" s="3">
+        <v>39.700000000000003</v>
+      </c>
+      <c r="J48" s="3">
+        <v>283</v>
+      </c>
+      <c r="K48" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="L48" s="54">
+        <v>31.98</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A49" s="67"/>
+      <c r="B49" s="68"/>
+      <c r="C49" s="40"/>
+      <c r="D49" s="46" t="s">
+        <v>22</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="F49" s="5">
+        <v>200</v>
+      </c>
+      <c r="G49" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="H49" s="3">
+        <v>0.05</v>
+      </c>
+      <c r="I49" s="3">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="J49" s="9">
+        <v>67</v>
+      </c>
+      <c r="K49" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="L49" s="54">
+        <v>3.09</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A50" s="67"/>
+      <c r="B50" s="68"/>
+      <c r="C50" s="40"/>
+      <c r="D50" s="46" t="s">
+        <v>77</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="F50" s="19">
+        <v>34</v>
+      </c>
+      <c r="G50" s="3">
+        <v>2.8</v>
+      </c>
+      <c r="H50" s="3">
+        <v>0.7</v>
+      </c>
+      <c r="I50" s="3">
+        <v>19.95</v>
+      </c>
+      <c r="J50" s="3">
+        <v>98</v>
+      </c>
+      <c r="K50" s="121" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" s="54">
+        <v>5.78</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A51" s="67"/>
+      <c r="B51" s="68"/>
+      <c r="C51" s="40"/>
+      <c r="D51" s="46" t="s">
+        <v>78</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F51" s="2">
+        <v>20</v>
+      </c>
+      <c r="G51" s="3">
+        <v>1.4</v>
+      </c>
+      <c r="H51" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="I51" s="3">
+        <v>8.6</v>
+      </c>
+      <c r="J51" s="3">
+        <v>42</v>
+      </c>
+      <c r="K51" s="121" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51" s="54">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A52" s="67"/>
+      <c r="B52" s="68"/>
+      <c r="C52" s="40"/>
+      <c r="D52" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E52" s="58"/>
+      <c r="F52" s="59">
+        <f>SUM(F45:F51)</f>
+        <v>619</v>
+      </c>
+      <c r="G52" s="59">
+        <f>SUM(G45:G51)</f>
+        <v>22.08</v>
+      </c>
+      <c r="H52" s="59">
+        <f>SUM(H45:H51)</f>
+        <v>32.250000000000007</v>
+      </c>
+      <c r="I52" s="59">
+        <f>SUM(I45:I51)</f>
+        <v>101.95</v>
+      </c>
+      <c r="J52" s="59">
+        <f>SUM(J45:J51)</f>
+        <v>781.9</v>
+      </c>
+      <c r="K52" s="182"/>
+      <c r="L52" s="56">
+        <f>SUM(L45:L51)</f>
+        <v>126.67</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A53" s="67">
+        <v>1</v>
+      </c>
+      <c r="B53" s="68">
+        <v>3</v>
+      </c>
+      <c r="C53" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="D53" s="46" t="s">
+        <v>25</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="F53" s="5">
+        <v>275</v>
+      </c>
+      <c r="G53" s="144">
+        <v>10.3</v>
+      </c>
+      <c r="H53" s="144">
+        <v>15.1</v>
+      </c>
+      <c r="I53" s="144">
+        <v>14.1</v>
+      </c>
+      <c r="J53" s="144">
+        <v>187</v>
+      </c>
+      <c r="K53" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="L53" s="165">
+        <v>24.48</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A54" s="67"/>
+      <c r="B54" s="68"/>
+      <c r="C54" s="40"/>
+      <c r="D54" s="46" t="s">
+        <v>26</v>
+      </c>
+      <c r="E54" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="F54" s="142">
+        <v>100</v>
+      </c>
+      <c r="G54" s="3">
+        <v>11.3</v>
+      </c>
+      <c r="H54" s="3">
+        <v>9.6</v>
+      </c>
+      <c r="I54" s="3">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="J54" s="3">
+        <v>185</v>
+      </c>
+      <c r="K54" s="16" t="s">
+        <v>128</v>
+      </c>
+      <c r="L54" s="23">
+        <v>45.99</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A55" s="67"/>
+      <c r="B55" s="68"/>
+      <c r="C55" s="40"/>
+      <c r="D55" s="46" t="s">
+        <v>27</v>
+      </c>
+      <c r="E55" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F55" s="18">
+        <v>180</v>
+      </c>
+      <c r="G55" s="3">
+        <v>3.1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>5.4</v>
+      </c>
+      <c r="I55" s="3">
+        <v>20.3</v>
+      </c>
+      <c r="J55" s="3">
+        <v>141</v>
+      </c>
+      <c r="K55" s="16" t="s">
+        <v>64</v>
+      </c>
+      <c r="L55" s="23">
+        <v>23.18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A56" s="67"/>
+      <c r="B56" s="68"/>
+      <c r="C56" s="40"/>
+      <c r="D56" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F56" s="18">
+        <v>200</v>
+      </c>
+      <c r="G56" s="143">
+        <v>1</v>
+      </c>
+      <c r="H56" s="143">
         <v>0.1</v>
       </c>
-      <c r="H47" s="3">
-[...2 lines deleted...]
-      <c r="I47" s="3">
+      <c r="I56" s="143">
+        <v>28.2</v>
+      </c>
+      <c r="J56" s="143">
+        <v>119</v>
+      </c>
+      <c r="K56" s="16" t="s">
+        <v>147</v>
+      </c>
+      <c r="L56" s="165">
+        <v>8.91</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A57" s="67"/>
+      <c r="B57" s="68"/>
+      <c r="C57" s="40"/>
+      <c r="D57" s="46" t="s">
+        <v>77</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="F57" s="5">
+        <v>27</v>
+      </c>
+      <c r="G57" s="9">
+        <v>2.2400000000000002</v>
+      </c>
+      <c r="H57" s="9">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="I57" s="9">
+        <v>15.96</v>
+      </c>
+      <c r="J57" s="14">
+        <v>78.400000000000006</v>
+      </c>
+      <c r="K57" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L57" s="165">
+        <v>4.59</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A58" s="67"/>
+      <c r="B58" s="68"/>
+      <c r="C58" s="40"/>
+      <c r="D58" s="47" t="s">
+        <v>78</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F58" s="19">
+        <v>30</v>
+      </c>
+      <c r="G58" s="3">
+        <v>2.1</v>
+      </c>
+      <c r="H58" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="I58" s="3">
+        <v>12.9</v>
+      </c>
+      <c r="J58" s="3">
+        <v>63</v>
+      </c>
+      <c r="K58" s="121" t="s">
+        <v>36</v>
+      </c>
+      <c r="L58" s="23">
+        <v>2.85</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A59" s="67"/>
+      <c r="B59" s="68"/>
+      <c r="C59" s="40"/>
+      <c r="D59" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E59" s="58"/>
+      <c r="F59" s="59">
+        <f>SUM(F53:F58)</f>
+        <v>812</v>
+      </c>
+      <c r="G59" s="59">
+        <f>SUM(G53:G58)</f>
+        <v>30.040000000000006</v>
+      </c>
+      <c r="H59" s="59">
+        <f>SUM(H53:H58)</f>
+        <v>31.060000000000002</v>
+      </c>
+      <c r="I59" s="59">
+        <f>SUM(I53:I58)</f>
+        <v>101.26000000000002</v>
+      </c>
+      <c r="J59" s="59">
+        <f>SUM(J53:J58)</f>
+        <v>773.4</v>
+      </c>
+      <c r="K59" s="111"/>
+      <c r="L59" s="64">
+        <f>SUM(L53:L58)</f>
+        <v>110</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A60" s="67">
+        <v>1</v>
+      </c>
+      <c r="B60" s="68">
+        <v>3</v>
+      </c>
+      <c r="C60" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="D60" s="46" t="s">
+        <v>90</v>
+      </c>
+      <c r="E60" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="F60" s="18">
+        <v>100</v>
+      </c>
+      <c r="G60" s="3">
+        <v>7.5</v>
+      </c>
+      <c r="H60" s="3">
+        <v>4.13</v>
+      </c>
+      <c r="I60" s="3">
+        <v>60</v>
+      </c>
+      <c r="J60" s="3">
+        <v>296</v>
+      </c>
+      <c r="K60" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="L60" s="90">
+        <v>7.86</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A61" s="67"/>
+      <c r="B61" s="68"/>
+      <c r="C61" s="40"/>
+      <c r="D61" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E61" s="145" t="s">
+        <v>130</v>
+      </c>
+      <c r="F61" s="2">
+        <v>200</v>
+      </c>
+      <c r="G61" s="3">
+        <v>5.8</v>
+      </c>
+      <c r="H61" s="3">
+        <v>6.4</v>
+      </c>
+      <c r="I61" s="3">
+        <v>8</v>
+      </c>
+      <c r="J61" s="3">
+        <v>113</v>
+      </c>
+      <c r="K61" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="L61" s="23">
+        <v>22.14</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="61"/>
+      <c r="B62" s="62"/>
+      <c r="C62" s="42"/>
+      <c r="D62" s="43" t="s">
+        <v>29</v>
+      </c>
+      <c r="E62" s="71"/>
+      <c r="F62" s="91">
+        <f>SUM(F60:F61)</f>
+        <v>300</v>
+      </c>
+      <c r="G62" s="103">
+        <f>SUM(G60:G61)</f>
+        <v>13.3</v>
+      </c>
+      <c r="H62" s="103">
+        <f>SUM(H60:H61)</f>
+        <v>10.530000000000001</v>
+      </c>
+      <c r="I62" s="103">
+        <f>SUM(I60:I61)</f>
+        <v>68</v>
+      </c>
+      <c r="J62" s="103">
+        <f>SUM(J60:J61)</f>
+        <v>409</v>
+      </c>
+      <c r="K62" s="146"/>
+      <c r="L62" s="104">
+        <f>SUM(L60:L61)</f>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="72">
+        <f>A45</f>
+        <v>1</v>
+      </c>
+      <c r="B63" s="73">
+        <f>B45</f>
+        <v>3</v>
+      </c>
+      <c r="C63" s="191" t="s">
+        <v>4</v>
+      </c>
+      <c r="D63" s="192"/>
+      <c r="E63" s="74"/>
+      <c r="F63" s="75">
+        <f>F52+F59+F62</f>
+        <v>1731</v>
+      </c>
+      <c r="G63" s="75">
+        <f>G52+G59+G62</f>
+        <v>65.42</v>
+      </c>
+      <c r="H63" s="75">
+        <f>H52+H59+H62</f>
+        <v>73.84</v>
+      </c>
+      <c r="I63" s="75">
+        <f>I52+I59+I62</f>
+        <v>271.21000000000004</v>
+      </c>
+      <c r="J63" s="75">
+        <f>J52+J59+J62</f>
+        <v>1964.3</v>
+      </c>
+      <c r="K63" s="110"/>
+      <c r="L63" s="76">
+        <f>L52+L59+L62</f>
+        <v>266.67</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" s="55" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="57">
+        <v>1</v>
+      </c>
+      <c r="B64" s="70">
+        <v>4</v>
+      </c>
+      <c r="C64" s="44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" s="120"/>
+      <c r="E64" s="147" t="s">
+        <v>131</v>
+      </c>
+      <c r="F64" s="122">
+        <v>200</v>
+      </c>
+      <c r="G64" s="86">
+        <v>2.8</v>
+      </c>
+      <c r="H64" s="86">
+        <v>3.2</v>
+      </c>
+      <c r="I64" s="86">
+        <v>4.7</v>
+      </c>
+      <c r="J64" s="86">
+        <v>58</v>
+      </c>
+      <c r="K64" s="181"/>
+      <c r="L64" s="174">
+        <v>34.5</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" s="55" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="67"/>
+      <c r="B65" s="68"/>
+      <c r="C65" s="40"/>
+      <c r="D65" s="92"/>
+      <c r="E65" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="F65" s="5">
+        <v>17</v>
+      </c>
+      <c r="G65" s="3">
+        <v>1.39</v>
+      </c>
+      <c r="H65" s="3">
+        <v>3.93</v>
+      </c>
+      <c r="I65" s="3">
+        <v>9.25</v>
+      </c>
+      <c r="J65" s="3">
+        <v>78.03</v>
+      </c>
+      <c r="K65" s="16"/>
+      <c r="L65" s="175">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A66" s="67"/>
+      <c r="B66" s="68"/>
+      <c r="C66" s="40"/>
+      <c r="D66" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="E66" s="11" t="s">
+        <v>103</v>
+      </c>
+      <c r="F66" s="5">
+        <v>100</v>
+      </c>
+      <c r="G66" s="3">
+        <v>14.98</v>
+      </c>
+      <c r="H66" s="3">
+        <v>23.57</v>
+      </c>
+      <c r="I66" s="3">
+        <v>15.5</v>
+      </c>
+      <c r="J66" s="3">
+        <v>299.5</v>
+      </c>
+      <c r="K66" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="L66" s="24">
+        <v>52.55</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A67" s="67"/>
+      <c r="B67" s="68"/>
+      <c r="C67" s="40"/>
+      <c r="D67" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="E67" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="F67" s="5">
+        <v>180</v>
+      </c>
+      <c r="G67" s="3">
+        <v>6.6</v>
+      </c>
+      <c r="H67" s="3">
+        <v>5.8</v>
+      </c>
+      <c r="I67" s="3">
+        <v>37.6</v>
+      </c>
+      <c r="J67" s="3">
+        <v>229</v>
+      </c>
+      <c r="K67" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="L67" s="24">
+        <v>7.95</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A68" s="67"/>
+      <c r="B68" s="68"/>
+      <c r="C68" s="40"/>
+      <c r="D68" s="46" t="s">
+        <v>22</v>
+      </c>
+      <c r="E68" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="F68" s="5">
+        <v>200</v>
+      </c>
+      <c r="G68" s="3">
+        <v>3.16</v>
+      </c>
+      <c r="H68" s="3">
+        <v>2.67</v>
+      </c>
+      <c r="I68" s="3">
+        <v>15.95</v>
+      </c>
+      <c r="J68" s="3">
+        <v>101</v>
+      </c>
+      <c r="K68" s="16" t="s">
+        <v>142</v>
+      </c>
+      <c r="L68" s="176">
+        <v>9.1999999999999993</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A69" s="67"/>
+      <c r="B69" s="68"/>
+      <c r="C69" s="40"/>
+      <c r="D69" s="46" t="s">
+        <v>77</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F69" s="16">
+        <v>33</v>
+      </c>
+      <c r="G69" s="85">
+        <v>2.64</v>
+      </c>
+      <c r="H69" s="85">
+        <v>0.66</v>
+      </c>
+      <c r="I69" s="85">
+        <v>18.809999999999999</v>
+      </c>
+      <c r="J69" s="85">
+        <v>92.4</v>
+      </c>
+      <c r="K69" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L69" s="176">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A70" s="67"/>
+      <c r="B70" s="68"/>
+      <c r="C70" s="40"/>
+      <c r="D70" s="47" t="s">
+        <v>78</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F70" s="16">
+        <v>20</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1.4</v>
+      </c>
+      <c r="H70" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="I70" s="3">
+        <v>8.6</v>
+      </c>
+      <c r="J70" s="3">
+        <v>42</v>
+      </c>
+      <c r="K70" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L70" s="176">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A71" s="67"/>
+      <c r="B71" s="68"/>
+      <c r="C71" s="40"/>
+      <c r="D71" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E71" s="58"/>
+      <c r="F71" s="59">
+        <f>SUM(F64:F70)</f>
+        <v>750</v>
+      </c>
+      <c r="G71" s="59">
+        <f>SUM(G64:G70)</f>
+        <v>32.970000000000006</v>
+      </c>
+      <c r="H71" s="59">
+        <f>SUM(H64:H70)</f>
+        <v>40.03</v>
+      </c>
+      <c r="I71" s="59">
+        <f>SUM(I64:I70)</f>
+        <v>110.41</v>
+      </c>
+      <c r="J71" s="59">
+        <f>SUM(J64:J70)</f>
+        <v>899.93</v>
+      </c>
+      <c r="K71" s="111"/>
+      <c r="L71" s="60">
+        <f>SUM(L64:L70)</f>
+        <v>126.67</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" s="55" customFormat="1" ht="27.6" x14ac:dyDescent="0.25">
+      <c r="A72" s="67">
+        <v>1</v>
+      </c>
+      <c r="B72" s="68">
+        <v>4</v>
+      </c>
+      <c r="C72" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="D72" s="46" t="s">
+        <v>25</v>
+      </c>
+      <c r="E72" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="F72" s="5">
+        <v>265</v>
+      </c>
+      <c r="G72" s="144">
+        <v>8.26</v>
+      </c>
+      <c r="H72" s="144">
+        <v>8.74</v>
+      </c>
+      <c r="I72" s="144">
+        <v>19.7</v>
+      </c>
+      <c r="J72" s="144">
+        <v>193</v>
+      </c>
+      <c r="K72" s="16" t="s">
+        <v>150</v>
+      </c>
+      <c r="L72" s="20">
+        <v>18.8</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A73" s="67"/>
+      <c r="B73" s="68"/>
+      <c r="C73" s="40"/>
+      <c r="D73" s="46" t="s">
+        <v>26</v>
+      </c>
+      <c r="E73" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="F73" s="5">
+        <v>200</v>
+      </c>
+      <c r="G73" s="3">
+        <v>22.9</v>
+      </c>
+      <c r="H73" s="3">
+        <v>22.8</v>
+      </c>
+      <c r="I73" s="3">
+        <v>46.9</v>
+      </c>
+      <c r="J73" s="3">
+        <v>432</v>
+      </c>
+      <c r="K73" s="16" t="s">
+        <v>151</v>
+      </c>
+      <c r="L73" s="165">
+        <v>58.62</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A74" s="67"/>
+      <c r="B74" s="68"/>
+      <c r="C74" s="40"/>
+      <c r="D74" s="46" t="s">
+        <v>81</v>
+      </c>
+      <c r="E74" s="148" t="s">
+        <v>149</v>
+      </c>
+      <c r="F74" s="18">
+        <v>50</v>
+      </c>
+      <c r="G74" s="3">
+        <v>1.44</v>
+      </c>
+      <c r="H74" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="I74" s="3">
+        <v>4.95</v>
+      </c>
+      <c r="J74" s="3">
+        <v>29</v>
+      </c>
+      <c r="K74" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L74" s="165">
+        <v>17.16</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A75" s="67"/>
+      <c r="B75" s="68"/>
+      <c r="C75" s="40"/>
+      <c r="D75" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E75" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="F75" s="2">
+        <v>200</v>
+      </c>
+      <c r="G75" s="143">
+        <v>0.2</v>
+      </c>
+      <c r="H75" s="143">
         <v>0.1</v>
       </c>
-      <c r="J47" s="3">
-[...43 lines deleted...]
-      <c r="D49" s="47" t="s">
+      <c r="I75" s="143">
+        <v>26.7</v>
+      </c>
+      <c r="J75" s="143">
+        <v>115</v>
+      </c>
+      <c r="K75" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L75" s="20">
+        <v>7.61</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A76" s="67"/>
+      <c r="B76" s="68"/>
+      <c r="C76" s="40"/>
+      <c r="D76" s="46" t="s">
+        <v>77</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F76" s="2">
+        <v>30</v>
+      </c>
+      <c r="G76" s="9">
+        <v>2.4</v>
+      </c>
+      <c r="H76" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="I76" s="9">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="J76" s="9">
+        <v>84</v>
+      </c>
+      <c r="K76" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L76" s="20">
+        <v>4.96</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A77" s="67"/>
+      <c r="B77" s="68"/>
+      <c r="C77" s="40"/>
+      <c r="D77" s="88" t="s">
+        <v>78</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F77" s="19">
+        <v>30</v>
+      </c>
+      <c r="G77" s="3">
+        <v>2.1</v>
+      </c>
+      <c r="H77" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="I77" s="3">
+        <v>12.9</v>
+      </c>
+      <c r="J77" s="3">
+        <v>63</v>
+      </c>
+      <c r="K77" s="121" t="s">
+        <v>36</v>
+      </c>
+      <c r="L77" s="23">
+        <v>2.85</v>
+      </c>
+      <c r="M77" s="69"/>
+    </row>
+    <row r="78" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A78" s="67"/>
+      <c r="B78" s="68"/>
+      <c r="C78" s="40"/>
+      <c r="D78" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E78" s="58"/>
+      <c r="F78" s="59">
+        <f>SUM(F72:F77)</f>
+        <v>775</v>
+      </c>
+      <c r="G78" s="59">
+        <f>SUM(G72:G77)</f>
+        <v>37.299999999999997</v>
+      </c>
+      <c r="H78" s="59">
+        <f>SUM(H72:H77)</f>
+        <v>32.839999999999996</v>
+      </c>
+      <c r="I78" s="59">
+        <f>SUM(I72:I77)</f>
+        <v>128.25</v>
+      </c>
+      <c r="J78" s="131">
+        <f>SUM(J72:J77)</f>
+        <v>916</v>
+      </c>
+      <c r="K78" s="111"/>
+      <c r="L78" s="64">
+        <f>SUM(L72:L77)</f>
+        <v>109.99999999999999</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A79" s="67">
+        <v>1</v>
+      </c>
+      <c r="B79" s="68">
+        <v>4</v>
+      </c>
+      <c r="C79" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="D79" s="46" t="s">
+        <v>90</v>
+      </c>
+      <c r="E79" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="F79" s="5">
+        <v>100</v>
+      </c>
+      <c r="G79" s="3">
+        <v>5.74</v>
+      </c>
+      <c r="H79" s="3">
+        <v>2.8</v>
+      </c>
+      <c r="I79" s="3">
+        <v>58.67</v>
+      </c>
+      <c r="J79" s="3">
+        <v>284</v>
+      </c>
+      <c r="K79" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="L79" s="20">
+        <v>20.100000000000001</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A80" s="67"/>
+      <c r="B80" s="68"/>
+      <c r="C80" s="40"/>
+      <c r="D80" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E80" s="125" t="s">
+        <v>59</v>
+      </c>
+      <c r="F80" s="2">
+        <v>200</v>
+      </c>
+      <c r="G80" s="3">
+        <v>1.4</v>
+      </c>
+      <c r="H80" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="I80" s="3">
+        <v>26.4</v>
+      </c>
+      <c r="J80" s="3">
+        <v>120</v>
+      </c>
+      <c r="K80" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L80" s="23">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="61"/>
+      <c r="B81" s="62"/>
+      <c r="C81" s="42"/>
+      <c r="D81" s="43" t="s">
+        <v>29</v>
+      </c>
+      <c r="E81" s="71"/>
+      <c r="F81" s="91">
+        <f>SUM(F79:F80)</f>
+        <v>300</v>
+      </c>
+      <c r="G81" s="103">
+        <f t="shared" ref="G81" si="1">SUM(G79:G80)</f>
+        <v>7.1400000000000006</v>
+      </c>
+      <c r="H81" s="103">
+        <f t="shared" ref="H81" si="2">SUM(H79:H80)</f>
+        <v>3</v>
+      </c>
+      <c r="I81" s="103">
+        <f t="shared" ref="I81" si="3">SUM(I79:I80)</f>
+        <v>85.07</v>
+      </c>
+      <c r="J81" s="103">
+        <f t="shared" ref="J81" si="4">SUM(J79:J80)</f>
+        <v>404</v>
+      </c>
+      <c r="K81" s="146"/>
+      <c r="L81" s="104">
+        <f>SUM(L79:L80)</f>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="72">
+        <f>A64</f>
+        <v>1</v>
+      </c>
+      <c r="B82" s="73">
+        <f>B64</f>
+        <v>4</v>
+      </c>
+      <c r="C82" s="191" t="s">
+        <v>4</v>
+      </c>
+      <c r="D82" s="192"/>
+      <c r="E82" s="74"/>
+      <c r="F82" s="75">
+        <f>F71+F78+F81</f>
+        <v>1825</v>
+      </c>
+      <c r="G82" s="75">
+        <f>G71+G78+G81</f>
+        <v>77.410000000000011</v>
+      </c>
+      <c r="H82" s="75">
+        <f>H71+H78+H81</f>
+        <v>75.87</v>
+      </c>
+      <c r="I82" s="75">
+        <f>I71+I78+I81</f>
+        <v>323.73</v>
+      </c>
+      <c r="J82" s="75">
+        <f>J71+J78+J81</f>
+        <v>2219.9299999999998</v>
+      </c>
+      <c r="K82" s="110"/>
+      <c r="L82" s="76">
+        <f>L71+L78+L81</f>
+        <v>266.66999999999996</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" s="55" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="57">
+        <v>1</v>
+      </c>
+      <c r="B83" s="70">
+        <v>5</v>
+      </c>
+      <c r="C83" s="44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" s="117" t="s">
+        <v>23</v>
+      </c>
+      <c r="E83" s="147" t="s">
+        <v>56</v>
+      </c>
+      <c r="F83" s="122">
+        <v>110</v>
+      </c>
+      <c r="G83" s="86">
+        <v>0.88</v>
+      </c>
+      <c r="H83" s="86">
+        <v>0.22</v>
+      </c>
+      <c r="I83" s="86">
+        <v>8.25</v>
+      </c>
+      <c r="J83" s="86">
+        <v>41.8</v>
+      </c>
+      <c r="K83" s="181" t="s">
+        <v>69</v>
+      </c>
+      <c r="L83" s="177">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" s="55" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="67"/>
+      <c r="B84" s="68"/>
+      <c r="C84" s="40"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="145" t="s">
+        <v>125</v>
+      </c>
+      <c r="F84" s="5">
+        <v>25</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1.25</v>
+      </c>
+      <c r="H84" s="3">
+        <v>1.25</v>
+      </c>
+      <c r="I84" s="3">
+        <v>16</v>
+      </c>
+      <c r="J84" s="3">
+        <v>80</v>
+      </c>
+      <c r="K84" s="2"/>
+      <c r="L84" s="171">
+        <v>29.54</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A85" s="67"/>
+      <c r="B85" s="68"/>
+      <c r="C85" s="40"/>
+      <c r="D85" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="E49" s="109" t="s">
-[...5 lines deleted...]
-      <c r="G49" s="3">
+      <c r="E85" s="149" t="s">
+        <v>123</v>
+      </c>
+      <c r="F85" s="5">
+        <v>200</v>
+      </c>
+      <c r="G85" s="3">
+        <v>23.04</v>
+      </c>
+      <c r="H85" s="3">
+        <v>10.33</v>
+      </c>
+      <c r="I85" s="3">
+        <v>41.64</v>
+      </c>
+      <c r="J85" s="3">
+        <v>351</v>
+      </c>
+      <c r="K85" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L85" s="171">
+        <v>59.42</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A86" s="67"/>
+      <c r="B86" s="68"/>
+      <c r="C86" s="40"/>
+      <c r="D86" s="46" t="s">
+        <v>22</v>
+      </c>
+      <c r="E86" s="145" t="s">
+        <v>72</v>
+      </c>
+      <c r="F86" s="5">
+        <v>200</v>
+      </c>
+      <c r="G86" s="3">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H86" s="3">
+        <v>0.02</v>
+      </c>
+      <c r="I86" s="3">
+        <v>15</v>
+      </c>
+      <c r="J86" s="3">
+        <v>60</v>
+      </c>
+      <c r="K86" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="L86" s="171">
+        <v>2.27</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A87" s="67"/>
+      <c r="B87" s="68"/>
+      <c r="C87" s="40"/>
+      <c r="D87" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F87" s="16">
+        <v>33</v>
+      </c>
+      <c r="G87" s="85">
+        <v>2.64</v>
+      </c>
+      <c r="H87" s="85">
+        <v>0.66</v>
+      </c>
+      <c r="I87" s="85">
+        <v>18.809999999999999</v>
+      </c>
+      <c r="J87" s="85">
+        <v>92.4</v>
+      </c>
+      <c r="K87" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L87" s="171">
+        <v>5.59</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A88" s="67"/>
+      <c r="B88" s="68"/>
+      <c r="C88" s="40"/>
+      <c r="D88" s="47" t="s">
+        <v>78</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F88" s="19">
+        <v>30</v>
+      </c>
+      <c r="G88" s="3">
+        <v>2.1</v>
+      </c>
+      <c r="H88" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="I88" s="3">
+        <v>12.9</v>
+      </c>
+      <c r="J88" s="3">
+        <v>63</v>
+      </c>
+      <c r="K88" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L88" s="171">
+        <v>2.85</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A89" s="67"/>
+      <c r="B89" s="68"/>
+      <c r="C89" s="40"/>
+      <c r="D89" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E89" s="58"/>
+      <c r="F89" s="59">
+        <f>SUM(F83:F88)</f>
+        <v>598</v>
+      </c>
+      <c r="G89" s="3">
+        <f>SUM(G83:G88)</f>
+        <v>29.98</v>
+      </c>
+      <c r="H89" s="3">
+        <f>SUM(H83:H88)</f>
+        <v>12.780000000000001</v>
+      </c>
+      <c r="I89" s="3">
+        <f>SUM(I83:I88)</f>
+        <v>112.60000000000001</v>
+      </c>
+      <c r="J89" s="3">
+        <f>SUM(J83:J88)</f>
+        <v>688.19999999999993</v>
+      </c>
+      <c r="K89" s="111"/>
+      <c r="L89" s="56">
+        <f>SUM(L83:L88)</f>
+        <v>126.67</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" s="55" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="67">
+        <v>1</v>
+      </c>
+      <c r="B90" s="68">
+        <v>5</v>
+      </c>
+      <c r="C90" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="D90" s="46" t="s">
+        <v>25</v>
+      </c>
+      <c r="E90" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="F90" s="5">
+        <v>280</v>
+      </c>
+      <c r="G90" s="3">
+        <v>7.85</v>
+      </c>
+      <c r="H90" s="3">
+        <v>8.9600000000000009</v>
+      </c>
+      <c r="I90" s="3">
+        <v>10.91</v>
+      </c>
+      <c r="J90" s="3">
+        <v>129.6</v>
+      </c>
+      <c r="K90" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="L90" s="171">
+        <v>26.96</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A91" s="67"/>
+      <c r="B91" s="68"/>
+      <c r="C91" s="40"/>
+      <c r="D91" s="46" t="s">
+        <v>26</v>
+      </c>
+      <c r="E91" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="F91" s="5">
+        <v>100</v>
+      </c>
+      <c r="G91" s="3">
+        <v>16</v>
+      </c>
+      <c r="H91" s="3">
+        <v>12.8</v>
+      </c>
+      <c r="I91" s="3">
+        <v>3.3</v>
+      </c>
+      <c r="J91" s="3">
+        <v>184</v>
+      </c>
+      <c r="K91" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L91" s="171">
+        <v>43.76</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A92" s="67"/>
+      <c r="B92" s="68"/>
+      <c r="C92" s="40"/>
+      <c r="D92" s="46" t="s">
+        <v>27</v>
+      </c>
+      <c r="E92" s="11" t="s">
+        <v>143</v>
+      </c>
+      <c r="F92" s="5">
+        <v>180</v>
+      </c>
+      <c r="G92" s="3">
         <v>6.6</v>
       </c>
-      <c r="H49" s="3">
+      <c r="H92" s="3">
         <v>5.8</v>
       </c>
-      <c r="I49" s="3">
+      <c r="I92" s="3">
         <v>37.6</v>
       </c>
-      <c r="J49" s="3">
+      <c r="J92" s="3">
         <v>229</v>
       </c>
-      <c r="K49" s="2" t="s">
+      <c r="K92" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="L92" s="165">
+        <v>7.95</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A93" s="67"/>
+      <c r="B93" s="68"/>
+      <c r="C93" s="40"/>
+      <c r="D93" s="46" t="s">
+        <v>81</v>
+      </c>
+      <c r="E93" s="150" t="s">
+        <v>110</v>
+      </c>
+      <c r="F93" s="5">
+        <v>80</v>
+      </c>
+      <c r="G93" s="3">
+        <v>0.96</v>
+      </c>
+      <c r="H93" s="3">
+        <v>0.08</v>
+      </c>
+      <c r="I93" s="3">
+        <v>2.4</v>
+      </c>
+      <c r="J93" s="3">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="K93" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="L93" s="123">
+        <v>14.73</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A94" s="67"/>
+      <c r="B94" s="68"/>
+      <c r="C94" s="40"/>
+      <c r="D94" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E94" s="125" t="s">
+        <v>59</v>
+      </c>
+      <c r="F94" s="2">
+        <v>200</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1.4</v>
+      </c>
+      <c r="H94" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="I94" s="3">
+        <v>26.4</v>
+      </c>
+      <c r="J94" s="3">
+        <v>120</v>
+      </c>
+      <c r="K94" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L94" s="123">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A95" s="67"/>
+      <c r="B95" s="68"/>
+      <c r="C95" s="40"/>
+      <c r="D95" s="46" t="s">
+        <v>77</v>
+      </c>
+      <c r="E95" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="L49" s="57">
-[...77 lines deleted...]
-      <c r="F52" s="2">
+      <c r="F95" s="16">
+        <v>29</v>
+      </c>
+      <c r="G95" s="85">
+        <v>2.3199999999999998</v>
+      </c>
+      <c r="H95" s="85">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="I95" s="85">
+        <v>16.53</v>
+      </c>
+      <c r="J95" s="85">
+        <v>81.2</v>
+      </c>
+      <c r="K95" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L95" s="176">
+        <v>4.79</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A96" s="67"/>
+      <c r="B96" s="68"/>
+      <c r="C96" s="40"/>
+      <c r="D96" s="88" t="s">
+        <v>78</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F96" s="2">
         <v>20</v>
-      </c>
-[...1469 lines deleted...]
-        <v>200</v>
       </c>
       <c r="G96" s="3">
         <v>1.4</v>
       </c>
       <c r="H96" s="3">
         <v>0.2</v>
       </c>
       <c r="I96" s="3">
+        <v>8.6</v>
+      </c>
+      <c r="J96" s="3">
+        <v>42</v>
+      </c>
+      <c r="K96" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L96" s="21">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A97" s="67"/>
+      <c r="B97" s="68"/>
+      <c r="C97" s="40"/>
+      <c r="D97" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E97" s="58"/>
+      <c r="F97" s="59">
+        <f>SUM(F90:F96)</f>
+        <v>889</v>
+      </c>
+      <c r="G97" s="59">
+        <f>SUM(G90:G96)</f>
+        <v>36.53</v>
+      </c>
+      <c r="H97" s="59">
+        <f>SUM(H90:H96)</f>
+        <v>28.619999999999997</v>
+      </c>
+      <c r="I97" s="59">
+        <f>SUM(I90:I96)</f>
+        <v>105.74</v>
+      </c>
+      <c r="J97" s="59">
+        <f>SUM(J90:J96)</f>
+        <v>804.2</v>
+      </c>
+      <c r="K97" s="111"/>
+      <c r="L97" s="64">
+        <f>SUM(L90:L96)</f>
+        <v>110.00000000000001</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A98" s="67">
+        <v>1</v>
+      </c>
+      <c r="B98" s="68">
+        <v>5</v>
+      </c>
+      <c r="C98" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="D98" s="46" t="s">
+        <v>90</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F98" s="18">
+        <v>100</v>
+      </c>
+      <c r="G98" s="9">
+        <v>12.14</v>
+      </c>
+      <c r="H98" s="9">
+        <v>7.14</v>
+      </c>
+      <c r="I98" s="9">
+        <v>38.67</v>
+      </c>
+      <c r="J98" s="9">
+        <v>258.7</v>
+      </c>
+      <c r="K98" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="L98" s="90">
+        <v>21.74</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A99" s="67"/>
+      <c r="B99" s="68"/>
+      <c r="C99" s="40"/>
+      <c r="D99" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E99" s="151" t="s">
+        <v>120</v>
+      </c>
+      <c r="F99" s="5">
+        <v>200</v>
+      </c>
+      <c r="G99" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="H99" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="I99" s="3">
+        <v>27.9</v>
+      </c>
+      <c r="J99" s="3">
+        <v>115</v>
+      </c>
+      <c r="K99" s="16" t="s">
+        <v>84</v>
+      </c>
+      <c r="L99" s="21">
+        <v>8.26</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="61"/>
+      <c r="B100" s="62"/>
+      <c r="C100" s="42"/>
+      <c r="D100" s="43" t="s">
+        <v>29</v>
+      </c>
+      <c r="E100" s="71"/>
+      <c r="F100" s="91">
+        <f>SUM(F98:F99)</f>
+        <v>300</v>
+      </c>
+      <c r="G100" s="103">
+        <f>SUM(G98:G99)</f>
+        <v>12.34</v>
+      </c>
+      <c r="H100" s="103">
+        <f>SUM(H98:H99)</f>
+        <v>7.34</v>
+      </c>
+      <c r="I100" s="103">
+        <f>SUM(I98:I99)</f>
+        <v>66.569999999999993</v>
+      </c>
+      <c r="J100" s="103">
+        <f>SUM(J98:J99)</f>
+        <v>373.7</v>
+      </c>
+      <c r="K100" s="146"/>
+      <c r="L100" s="104">
+        <f>SUM(L98:L99)</f>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="133">
+        <f>A83</f>
+        <v>1</v>
+      </c>
+      <c r="B101" s="134">
+        <f>B83</f>
+        <v>5</v>
+      </c>
+      <c r="C101" s="193" t="s">
+        <v>4</v>
+      </c>
+      <c r="D101" s="194"/>
+      <c r="E101" s="135"/>
+      <c r="F101" s="136">
+        <f>F89+F97+F100</f>
+        <v>1787</v>
+      </c>
+      <c r="G101" s="136">
+        <f>G89+G97+G100</f>
+        <v>78.850000000000009</v>
+      </c>
+      <c r="H101" s="136">
+        <f>H89+H97+H100</f>
+        <v>48.739999999999995</v>
+      </c>
+      <c r="I101" s="136">
+        <f>I89+I97+I100</f>
+        <v>284.90999999999997</v>
+      </c>
+      <c r="J101" s="136">
+        <f>J89+J97+J100</f>
+        <v>1866.1000000000001</v>
+      </c>
+      <c r="K101" s="137"/>
+      <c r="L101" s="138">
+        <f>L89+L97+L100</f>
+        <v>266.67</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" s="55" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="65">
+        <v>2</v>
+      </c>
+      <c r="B102" s="66">
+        <v>1</v>
+      </c>
+      <c r="C102" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" s="115"/>
+      <c r="E102" s="152" t="s">
+        <v>96</v>
+      </c>
+      <c r="F102" s="129">
+        <v>200</v>
+      </c>
+      <c r="G102" s="127">
+        <v>0.39</v>
+      </c>
+      <c r="H102" s="127">
+        <v>0.6</v>
+      </c>
+      <c r="I102" s="127">
+        <v>21</v>
+      </c>
+      <c r="J102" s="127">
+        <v>98</v>
+      </c>
+      <c r="K102" s="153"/>
+      <c r="L102" s="141">
+        <v>25.05</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A103" s="67"/>
+      <c r="B103" s="68"/>
+      <c r="C103" s="40"/>
+      <c r="D103" s="49"/>
+      <c r="E103" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="F103" s="5">
+        <v>60</v>
+      </c>
+      <c r="G103" s="3">
+        <v>2.8</v>
+      </c>
+      <c r="H103" s="3">
+        <v>3.2</v>
+      </c>
+      <c r="I103" s="3">
+        <v>4.7</v>
+      </c>
+      <c r="J103" s="3">
+        <v>58</v>
+      </c>
+      <c r="K103" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="L103" s="90">
+        <v>34.5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A104" s="67"/>
+      <c r="B104" s="68"/>
+      <c r="C104" s="40"/>
+      <c r="D104" s="49"/>
+      <c r="E104" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F104" s="5">
+        <v>25</v>
+      </c>
+      <c r="G104" s="3">
+        <v>12.2</v>
+      </c>
+      <c r="H104" s="3">
+        <v>14.9</v>
+      </c>
+      <c r="I104" s="3">
+        <v>10.4</v>
+      </c>
+      <c r="J104" s="3">
+        <v>236</v>
+      </c>
+      <c r="K104" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="L104" s="21">
+        <v>43.56</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A105" s="67"/>
+      <c r="B105" s="68"/>
+      <c r="C105" s="40"/>
+      <c r="D105" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="E105" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F105" s="5">
+        <v>210</v>
+      </c>
+      <c r="G105" s="3">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="H105" s="3">
+        <v>7.6</v>
+      </c>
+      <c r="I105" s="3">
+        <v>46.4</v>
+      </c>
+      <c r="J105" s="3">
+        <v>294</v>
+      </c>
+      <c r="K105" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="L105" s="21">
+        <v>9.92</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A106" s="67"/>
+      <c r="B106" s="68"/>
+      <c r="C106" s="40"/>
+      <c r="D106" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="E106" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="F106" s="5">
+        <v>200</v>
+      </c>
+      <c r="G106" s="3">
+        <v>0.85</v>
+      </c>
+      <c r="H106" s="3">
+        <v>0</v>
+      </c>
+      <c r="I106" s="3">
+        <v>23.32</v>
+      </c>
+      <c r="J106" s="3">
+        <v>99.14</v>
+      </c>
+      <c r="K106" s="16" t="s">
+        <v>142</v>
+      </c>
+      <c r="L106" s="21">
+        <v>9.89</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A107" s="67"/>
+      <c r="B107" s="68"/>
+      <c r="C107" s="40"/>
+      <c r="D107" s="40" t="s">
+        <v>77</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F107" s="2">
+        <v>18</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1.52</v>
+      </c>
+      <c r="H107" s="3">
+        <v>0.38</v>
+      </c>
+      <c r="I107" s="3">
+        <v>10.83</v>
+      </c>
+      <c r="J107" s="3">
+        <v>53.2</v>
+      </c>
+      <c r="K107" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L107" s="21">
+        <v>2.3199999999999998</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A108" s="67"/>
+      <c r="B108" s="68"/>
+      <c r="C108" s="40"/>
+      <c r="D108" s="40" t="s">
+        <v>78</v>
+      </c>
+      <c r="E108" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F108" s="2">
+        <v>20</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1.4</v>
+      </c>
+      <c r="H108" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="I108" s="3">
+        <v>8.6</v>
+      </c>
+      <c r="J108" s="3">
+        <v>42</v>
+      </c>
+      <c r="K108" s="111" t="s">
+        <v>36</v>
+      </c>
+      <c r="L108" s="21">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A109" s="67"/>
+      <c r="B109" s="68"/>
+      <c r="C109" s="40"/>
+      <c r="D109" s="51" t="s">
+        <v>29</v>
+      </c>
+      <c r="E109" s="58"/>
+      <c r="F109" s="59">
+        <f>SUM(F102:F108)</f>
+        <v>733</v>
+      </c>
+      <c r="G109" s="59">
+        <f>SUM(G102:G108)</f>
+        <v>29.359999999999996</v>
+      </c>
+      <c r="H109" s="59">
+        <f>SUM(H102:H108)</f>
+        <v>26.879999999999995</v>
+      </c>
+      <c r="I109" s="59">
+        <f>SUM(I102:I108)</f>
+        <v>125.24999999999999</v>
+      </c>
+      <c r="J109" s="59">
+        <f>SUM(J102:J108)</f>
+        <v>880.34</v>
+      </c>
+      <c r="K109" s="111"/>
+      <c r="L109" s="60">
+        <f>SUM(L102:L108)</f>
+        <v>127.14999999999999</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A110" s="67">
+        <v>2</v>
+      </c>
+      <c r="B110" s="68">
+        <v>1</v>
+      </c>
+      <c r="C110" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="D110" s="46" t="s">
+        <v>25</v>
+      </c>
+      <c r="E110" s="149" t="s">
+        <v>67</v>
+      </c>
+      <c r="F110" s="2">
+        <v>275</v>
+      </c>
+      <c r="G110" s="3">
+        <v>8.1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>12.16</v>
+      </c>
+      <c r="I110" s="3">
+        <v>19.2</v>
+      </c>
+      <c r="J110" s="3">
+        <v>182</v>
+      </c>
+      <c r="K110" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="L110" s="21">
+        <v>27.14</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A111" s="67"/>
+      <c r="B111" s="68"/>
+      <c r="C111" s="40"/>
+      <c r="D111" s="46" t="s">
+        <v>26</v>
+      </c>
+      <c r="E111" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F111" s="5">
+        <v>125</v>
+      </c>
+      <c r="G111" s="3">
+        <v>11.32</v>
+      </c>
+      <c r="H111" s="3">
+        <v>14.45</v>
+      </c>
+      <c r="I111" s="3">
+        <v>10.09</v>
+      </c>
+      <c r="J111" s="3">
+        <v>216</v>
+      </c>
+      <c r="K111" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="L111" s="21">
+        <v>43.49</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A112" s="67"/>
+      <c r="B112" s="68"/>
+      <c r="C112" s="40"/>
+      <c r="D112" s="46" t="s">
+        <v>27</v>
+      </c>
+      <c r="E112" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="F112" s="5">
+        <v>180</v>
+      </c>
+      <c r="G112" s="3">
+        <v>6.3</v>
+      </c>
+      <c r="H112" s="3">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="I112" s="3">
+        <v>33.700000000000003</v>
+      </c>
+      <c r="J112" s="3">
+        <v>239</v>
+      </c>
+      <c r="K112" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="L112" s="21">
+        <v>7.95</v>
+      </c>
+    </row>
+    <row r="113" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A113" s="67"/>
+      <c r="B113" s="68"/>
+      <c r="C113" s="40"/>
+      <c r="D113" s="46" t="s">
+        <v>81</v>
+      </c>
+      <c r="E113" s="150" t="s">
+        <v>110</v>
+      </c>
+      <c r="F113" s="5">
+        <v>80</v>
+      </c>
+      <c r="G113" s="3">
+        <v>0.96</v>
+      </c>
+      <c r="H113" s="3">
+        <v>0.08</v>
+      </c>
+      <c r="I113" s="3">
+        <v>2.4</v>
+      </c>
+      <c r="J113" s="3">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="K113" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L113" s="48">
+        <v>14.91</v>
+      </c>
+    </row>
+    <row r="114" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A114" s="67"/>
+      <c r="B114" s="68"/>
+      <c r="C114" s="40"/>
+      <c r="D114" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E114" s="151" t="s">
+        <v>74</v>
+      </c>
+      <c r="F114" s="5">
+        <v>200</v>
+      </c>
+      <c r="G114" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="H114" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="I114" s="9">
+        <v>34.200000000000003</v>
+      </c>
+      <c r="J114" s="9">
+        <v>142</v>
+      </c>
+      <c r="K114" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="L114" s="21">
+        <v>11.16</v>
+      </c>
+    </row>
+    <row r="115" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A115" s="67"/>
+      <c r="B115" s="68"/>
+      <c r="C115" s="40"/>
+      <c r="D115" s="46" t="s">
+        <v>77</v>
+      </c>
+      <c r="E115" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F115" s="2">
+        <v>21</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1.68</v>
+      </c>
+      <c r="H115" s="3">
+        <v>0.42</v>
+      </c>
+      <c r="I115" s="3">
+        <v>11.97</v>
+      </c>
+      <c r="J115" s="3">
+        <v>58.8</v>
+      </c>
+      <c r="K115" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L115" s="21">
+        <v>3.44</v>
+      </c>
+    </row>
+    <row r="116" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A116" s="67"/>
+      <c r="B116" s="68"/>
+      <c r="C116" s="40"/>
+      <c r="D116" s="46" t="s">
+        <v>78</v>
+      </c>
+      <c r="E116" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F116" s="2">
+        <v>20</v>
+      </c>
+      <c r="G116" s="3">
+        <v>1.4</v>
+      </c>
+      <c r="H116" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="I116" s="3">
+        <v>8.6</v>
+      </c>
+      <c r="J116" s="3">
+        <v>42</v>
+      </c>
+      <c r="K116" s="111" t="s">
+        <v>36</v>
+      </c>
+      <c r="L116" s="21">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="117" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A117" s="67"/>
+      <c r="B117" s="68"/>
+      <c r="C117" s="40"/>
+      <c r="D117" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E117" s="58"/>
+      <c r="F117" s="59">
+        <f>SUM(F110:F116)</f>
+        <v>901</v>
+      </c>
+      <c r="G117" s="59">
+        <f>SUM(G110:G116)</f>
+        <v>29.860000000000003</v>
+      </c>
+      <c r="H117" s="59">
+        <f>SUM(H110:H116)</f>
+        <v>36.110000000000007</v>
+      </c>
+      <c r="I117" s="59">
+        <f>SUM(I110:I116)</f>
+        <v>120.16</v>
+      </c>
+      <c r="J117" s="59">
+        <f>SUM(J110:J116)</f>
+        <v>898.19999999999993</v>
+      </c>
+      <c r="K117" s="111"/>
+      <c r="L117" s="64">
+        <f>SUM(L110:L116)</f>
+        <v>109.99999999999999</v>
+      </c>
+    </row>
+    <row r="118" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A118" s="67">
+        <v>2</v>
+      </c>
+      <c r="B118" s="68">
+        <v>1</v>
+      </c>
+      <c r="C118" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="D118" s="46" t="s">
+        <v>90</v>
+      </c>
+      <c r="E118" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="F118" s="5">
+        <v>100</v>
+      </c>
+      <c r="G118" s="3">
+        <v>5.74</v>
+      </c>
+      <c r="H118" s="3">
+        <v>2.8</v>
+      </c>
+      <c r="I118" s="3">
+        <v>58.67</v>
+      </c>
+      <c r="J118" s="3">
+        <v>284</v>
+      </c>
+      <c r="K118" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="L118" s="20">
+        <v>20.100000000000001</v>
+      </c>
+    </row>
+    <row r="119" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A119" s="67"/>
+      <c r="B119" s="68"/>
+      <c r="C119" s="40"/>
+      <c r="D119" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E119" s="125" t="s">
+        <v>59</v>
+      </c>
+      <c r="F119" s="2">
+        <v>200</v>
+      </c>
+      <c r="G119" s="3">
+        <v>1.4</v>
+      </c>
+      <c r="H119" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="I119" s="3">
         <v>26.4</v>
       </c>
-      <c r="J96" s="3">
+      <c r="J119" s="3">
         <v>120</v>
       </c>
-      <c r="K96" s="182" t="s">
-[...10 lines deleted...]
-      <c r="D97" s="47" t="s">
+      <c r="K119" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L119" s="23">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="120" spans="1:19" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="94"/>
+      <c r="B120" s="95"/>
+      <c r="C120" s="96"/>
+      <c r="D120" s="97" t="s">
+        <v>29</v>
+      </c>
+      <c r="E120" s="98"/>
+      <c r="F120" s="99">
+        <f>SUM(F118:F119)</f>
+        <v>300</v>
+      </c>
+      <c r="G120" s="100">
+        <f t="shared" ref="G120" si="5">SUM(G118:G119)</f>
+        <v>7.1400000000000006</v>
+      </c>
+      <c r="H120" s="100">
+        <f t="shared" ref="H120" si="6">SUM(H118:H119)</f>
+        <v>3</v>
+      </c>
+      <c r="I120" s="100">
+        <f t="shared" ref="I120" si="7">SUM(I118:I119)</f>
+        <v>85.07</v>
+      </c>
+      <c r="J120" s="100">
+        <f t="shared" ref="J120" si="8">SUM(J118:J119)</f>
+        <v>404</v>
+      </c>
+      <c r="K120" s="101"/>
+      <c r="L120" s="102">
+        <f>SUM(L118:L119)</f>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="121" spans="1:19" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="157">
+        <f>A102</f>
+        <v>2</v>
+      </c>
+      <c r="B121" s="158">
+        <f>B102</f>
+        <v>1</v>
+      </c>
+      <c r="C121" s="195" t="s">
+        <v>4</v>
+      </c>
+      <c r="D121" s="196"/>
+      <c r="E121" s="159"/>
+      <c r="F121" s="160">
+        <f>F109+F117+F120</f>
+        <v>1934</v>
+      </c>
+      <c r="G121" s="160">
+        <f t="shared" ref="G121:J121" si="9">G109+G117+G120</f>
+        <v>66.36</v>
+      </c>
+      <c r="H121" s="160">
+        <f t="shared" si="9"/>
+        <v>65.990000000000009</v>
+      </c>
+      <c r="I121" s="160">
+        <f t="shared" si="9"/>
+        <v>330.47999999999996</v>
+      </c>
+      <c r="J121" s="160">
+        <f t="shared" si="9"/>
+        <v>2182.54</v>
+      </c>
+      <c r="K121" s="161"/>
+      <c r="L121" s="162">
+        <f>L109+L117+L120</f>
+        <v>267.14999999999998</v>
+      </c>
+    </row>
+    <row r="122" spans="1:19" s="55" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="65">
+        <v>2</v>
+      </c>
+      <c r="B122" s="66">
+        <v>2</v>
+      </c>
+      <c r="C122" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="E122" s="128" t="s">
+        <v>56</v>
+      </c>
+      <c r="F122" s="129">
+        <v>150</v>
+      </c>
+      <c r="G122" s="127">
+        <v>0.81</v>
+      </c>
+      <c r="H122" s="127">
+        <v>0.8</v>
+      </c>
+      <c r="I122" s="127">
+        <v>27.3</v>
+      </c>
+      <c r="J122" s="127">
+        <v>128.69999999999999</v>
+      </c>
+      <c r="K122" s="156" t="s">
+        <v>69</v>
+      </c>
+      <c r="L122" s="63">
+        <v>25.05</v>
+      </c>
+    </row>
+    <row r="123" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A123" s="67"/>
+      <c r="B123" s="68"/>
+      <c r="C123" s="40"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="F123" s="5">
+        <v>200</v>
+      </c>
+      <c r="G123" s="3">
+        <v>2.8</v>
+      </c>
+      <c r="H123" s="3">
+        <v>3.2</v>
+      </c>
+      <c r="I123" s="3">
+        <v>4.7</v>
+      </c>
+      <c r="J123" s="3">
+        <v>58</v>
+      </c>
+      <c r="K123" s="2"/>
+      <c r="L123" s="56">
+        <v>34.5</v>
+      </c>
+      <c r="N123" s="27"/>
+      <c r="O123" s="27"/>
+      <c r="P123" s="27"/>
+      <c r="Q123" s="27"/>
+      <c r="R123" s="27"/>
+      <c r="S123" s="27"/>
+    </row>
+    <row r="124" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A124" s="67"/>
+      <c r="B124" s="68"/>
+      <c r="C124" s="40"/>
+      <c r="D124" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="E124" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="F124" s="5">
+        <v>100</v>
+      </c>
+      <c r="G124" s="3">
+        <v>12.2</v>
+      </c>
+      <c r="H124" s="3">
+        <v>14.9</v>
+      </c>
+      <c r="I124" s="3">
+        <v>10.4</v>
+      </c>
+      <c r="J124" s="3">
+        <v>236</v>
+      </c>
+      <c r="K124" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="E97" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F97" s="16">
+      <c r="L124" s="56">
+        <v>43.68</v>
+      </c>
+      <c r="N124" s="27"/>
+      <c r="O124" s="27"/>
+      <c r="P124" s="27"/>
+      <c r="Q124" s="27"/>
+      <c r="R124" s="27"/>
+      <c r="S124" s="27"/>
+    </row>
+    <row r="125" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A125" s="67"/>
+      <c r="B125" s="68"/>
+      <c r="C125" s="40"/>
+      <c r="D125" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="E125" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F125" s="5">
+        <v>180</v>
+      </c>
+      <c r="G125" s="3">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="H125" s="3">
+        <v>7.6</v>
+      </c>
+      <c r="I125" s="3">
+        <v>46.4</v>
+      </c>
+      <c r="J125" s="3">
+        <v>294</v>
+      </c>
+      <c r="K125" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="L125" s="56">
+        <v>9.92</v>
+      </c>
+    </row>
+    <row r="126" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A126" s="67"/>
+      <c r="B126" s="68"/>
+      <c r="C126" s="40"/>
+      <c r="D126" s="50" t="s">
         <v>22</v>
       </c>
-      <c r="G97" s="98">
-[...11 lines deleted...]
-      <c r="K97" s="16" t="s">
+      <c r="E126" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="F126" s="5">
+        <v>200</v>
+      </c>
+      <c r="G126" s="3">
+        <v>0.85</v>
+      </c>
+      <c r="H126" s="3">
+        <v>0</v>
+      </c>
+      <c r="I126" s="3">
+        <v>23.32</v>
+      </c>
+      <c r="J126" s="3">
+        <v>99.14</v>
+      </c>
+      <c r="K126" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="L126" s="56">
+        <v>9.89</v>
+      </c>
+    </row>
+    <row r="127" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A127" s="67"/>
+      <c r="B127" s="68"/>
+      <c r="C127" s="40"/>
+      <c r="D127" s="40" t="s">
+        <v>77</v>
+      </c>
+      <c r="E127" s="11" t="s">
         <v>38</v>
       </c>
-      <c r="L97" s="136">
-[...111 lines deleted...]
-      <c r="D101" s="47" t="s">
+      <c r="F127" s="2">
+        <v>13</v>
+      </c>
+      <c r="G127" s="3">
+        <v>1.1200000000000001</v>
+      </c>
+      <c r="H127" s="3">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="I127" s="3">
+        <v>7.98</v>
+      </c>
+      <c r="J127" s="3">
+        <v>39.200000000000003</v>
+      </c>
+      <c r="K127" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L127" s="56">
+        <v>2.2000000000000002</v>
+      </c>
+    </row>
+    <row r="128" spans="1:19" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A128" s="67"/>
+      <c r="B128" s="68"/>
+      <c r="C128" s="40"/>
+      <c r="D128" s="46" t="s">
+        <v>78</v>
+      </c>
+      <c r="E128" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F128" s="2">
+        <v>15</v>
+      </c>
+      <c r="G128" s="3">
+        <v>1.05</v>
+      </c>
+      <c r="H128" s="3">
+        <v>0.15</v>
+      </c>
+      <c r="I128" s="3">
+        <v>6.45</v>
+      </c>
+      <c r="J128" s="3">
+        <v>31.5</v>
+      </c>
+      <c r="K128" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L128" s="56">
+        <v>1.43</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A129" s="67"/>
+      <c r="B129" s="68"/>
+      <c r="C129" s="40"/>
+      <c r="D129" s="51" t="s">
+        <v>29</v>
+      </c>
+      <c r="E129" s="77"/>
+      <c r="F129" s="78">
+        <f>SUM(F122:F128)</f>
+        <v>858</v>
+      </c>
+      <c r="G129" s="78">
+        <f>SUM(G122:G128)</f>
+        <v>29.03</v>
+      </c>
+      <c r="H129" s="78">
+        <f>SUM(H122:H128)</f>
+        <v>26.93</v>
+      </c>
+      <c r="I129" s="78">
+        <f>SUM(I122:I128)</f>
+        <v>126.55000000000001</v>
+      </c>
+      <c r="J129" s="78">
+        <f>SUM(J122:J128)</f>
+        <v>886.54000000000008</v>
+      </c>
+      <c r="K129" s="112"/>
+      <c r="L129" s="64">
+        <f>SUM(L122:L128)</f>
+        <v>126.67</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A130" s="67">
+        <v>2</v>
+      </c>
+      <c r="B130" s="68">
+        <v>2</v>
+      </c>
+      <c r="C130" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="D130" s="46" t="s">
+        <v>25</v>
+      </c>
+      <c r="E130" s="145" t="s">
+        <v>65</v>
+      </c>
+      <c r="F130" s="5">
+        <v>270</v>
+      </c>
+      <c r="G130" s="3">
+        <v>6.8</v>
+      </c>
+      <c r="H130" s="3">
+        <v>8</v>
+      </c>
+      <c r="I130" s="3">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="J130" s="3">
+        <v>164</v>
+      </c>
+      <c r="K130" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="L130" s="21">
+        <v>28.59</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A131" s="67"/>
+      <c r="B131" s="68"/>
+      <c r="C131" s="40"/>
+      <c r="D131" s="46" t="s">
+        <v>26</v>
+      </c>
+      <c r="E131" s="149" t="s">
+        <v>154</v>
+      </c>
+      <c r="F131" s="5">
+        <v>200</v>
+      </c>
+      <c r="G131" s="3">
+        <v>19.8</v>
+      </c>
+      <c r="H131" s="3">
+        <v>7.6</v>
+      </c>
+      <c r="I131" s="3">
+        <v>16.2</v>
+      </c>
+      <c r="J131" s="3">
+        <v>212.3</v>
+      </c>
+      <c r="K131" s="16" t="s">
+        <v>155</v>
+      </c>
+      <c r="L131" s="21">
+        <v>57.98</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A132" s="67"/>
+      <c r="B132" s="68"/>
+      <c r="C132" s="40"/>
+      <c r="D132" s="46" t="s">
+        <v>81</v>
+      </c>
+      <c r="E132" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="F132" s="18">
+        <v>50</v>
+      </c>
+      <c r="G132" s="3">
+        <v>0.45</v>
+      </c>
+      <c r="H132" s="3">
+        <v>3.5</v>
+      </c>
+      <c r="I132" s="3">
+        <v>3.7</v>
+      </c>
+      <c r="J132" s="3">
+        <v>45</v>
+      </c>
+      <c r="K132" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="L132" s="25">
+        <v>12.81</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A133" s="67"/>
+      <c r="B133" s="68"/>
+      <c r="C133" s="40"/>
+      <c r="D133" s="46" t="s">
         <v>28</v>
       </c>
-      <c r="E101" s="134" t="s">
-[...137 lines deleted...]
-      <c r="E105" s="142" t="s">
+      <c r="E133" s="12" t="s">
         <v>120</v>
-      </c>
-[...940 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F133" s="5">
         <v>200</v>
       </c>
-      <c r="G133" s="3">
-[...12 lines deleted...]
-        <v>158</v>
+      <c r="G133" s="144">
+        <v>0.1</v>
+      </c>
+      <c r="H133" s="144">
+        <v>0.1</v>
+      </c>
+      <c r="I133" s="144">
+        <v>26.4</v>
+      </c>
+      <c r="J133" s="144">
+        <v>108</v>
+      </c>
+      <c r="K133" s="16" t="s">
+        <v>36</v>
       </c>
       <c r="L133" s="21">
-        <v>56.42</v>
-[...13 lines deleted...]
-        <v>80</v>
+        <v>7.26</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A134" s="67"/>
+      <c r="B134" s="68"/>
+      <c r="C134" s="40"/>
+      <c r="D134" s="40" t="s">
+        <v>77</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F134" s="18">
+        <v>11</v>
       </c>
       <c r="G134" s="3">
-        <v>0.8</v>
+        <v>0.96</v>
       </c>
       <c r="H134" s="3">
-        <v>0</v>
+        <v>0.24</v>
       </c>
       <c r="I134" s="3">
-        <v>4.9000000000000004</v>
+        <v>6.84</v>
       </c>
       <c r="J134" s="3">
-        <v>12</v>
-[...19 lines deleted...]
-        <v>200</v>
+        <v>33.6</v>
+      </c>
+      <c r="K134" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L134" s="21">
+        <v>1.93</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A135" s="67"/>
+      <c r="B135" s="68"/>
+      <c r="C135" s="40"/>
+      <c r="D135" s="40" t="s">
+        <v>78</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F135" s="2">
+        <v>15</v>
       </c>
       <c r="G135" s="3">
-        <v>0.2</v>
+        <v>1.05</v>
       </c>
       <c r="H135" s="3">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="I135" s="3">
-        <v>27.9</v>
+        <v>6.45</v>
       </c>
       <c r="J135" s="3">
-        <v>115</v>
-[...11 lines deleted...]
-      <c r="C136" s="41"/>
+        <v>31.5</v>
+      </c>
+      <c r="K135" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L135" s="20">
+        <v>1.43</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A136" s="67"/>
+      <c r="B136" s="68"/>
+      <c r="C136" s="40"/>
       <c r="D136" s="41" t="s">
         <v>29</v>
       </c>
-      <c r="E136" s="11" t="s">
+      <c r="E136" s="58"/>
+      <c r="F136" s="59">
+        <f>SUM(F130:F135)</f>
+        <v>746</v>
+      </c>
+      <c r="G136" s="59">
+        <f>SUM(G130:G135)</f>
+        <v>29.160000000000004</v>
+      </c>
+      <c r="H136" s="59">
+        <f>SUM(H130:H135)</f>
+        <v>19.59</v>
+      </c>
+      <c r="I136" s="59">
+        <f>SUM(I130:I135)</f>
+        <v>67.89</v>
+      </c>
+      <c r="J136" s="59">
+        <f>SUM(J130:J135)</f>
+        <v>594.4</v>
+      </c>
+      <c r="K136" s="111"/>
+      <c r="L136" s="64">
+        <f>SUM(L130:L135)</f>
+        <v>110.00000000000001</v>
+      </c>
+    </row>
+    <row r="137" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A137" s="67">
+        <v>2</v>
+      </c>
+      <c r="B137" s="68">
+        <v>2</v>
+      </c>
+      <c r="C137" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="D137" s="46" t="s">
+        <v>90</v>
+      </c>
+      <c r="E137" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="F137" s="93">
+        <v>100</v>
+      </c>
+      <c r="G137" s="3">
+        <v>9.1</v>
+      </c>
+      <c r="H137" s="3">
+        <v>11</v>
+      </c>
+      <c r="I137" s="3">
+        <v>27.25</v>
+      </c>
+      <c r="J137" s="3">
+        <v>246</v>
+      </c>
+      <c r="K137" s="16" t="s">
+        <v>157</v>
+      </c>
+      <c r="L137" s="24">
+        <v>23.19</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A138" s="67"/>
+      <c r="B138" s="68"/>
+      <c r="C138" s="40"/>
+      <c r="D138" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E138" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="F138" s="2">
+        <v>215</v>
+      </c>
+      <c r="G138" s="14">
+        <v>0.3</v>
+      </c>
+      <c r="H138" s="14">
+        <v>0.11</v>
+      </c>
+      <c r="I138" s="14">
+        <v>14.7</v>
+      </c>
+      <c r="J138" s="14">
+        <v>63</v>
+      </c>
+      <c r="K138" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="L138" s="21">
+        <v>6.81</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="94"/>
+      <c r="B139" s="95"/>
+      <c r="C139" s="96"/>
+      <c r="D139" s="97" t="s">
+        <v>29</v>
+      </c>
+      <c r="E139" s="98"/>
+      <c r="F139" s="99">
+        <f>SUM(F137:F138)</f>
+        <v>315</v>
+      </c>
+      <c r="G139" s="100">
+        <f>SUM(G137:G138)</f>
+        <v>9.4</v>
+      </c>
+      <c r="H139" s="100">
+        <f>SUM(H137:H138)</f>
+        <v>11.11</v>
+      </c>
+      <c r="I139" s="100">
+        <f>SUM(I137:I138)</f>
+        <v>41.95</v>
+      </c>
+      <c r="J139" s="100">
+        <f>SUM(J137:J138)</f>
+        <v>309</v>
+      </c>
+      <c r="K139" s="101"/>
+      <c r="L139" s="102">
+        <f>SUM(L137:L138)</f>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="157">
+        <f>A122</f>
+        <v>2</v>
+      </c>
+      <c r="B140" s="158">
+        <f>B122</f>
+        <v>2</v>
+      </c>
+      <c r="C140" s="195" t="s">
+        <v>4</v>
+      </c>
+      <c r="D140" s="196"/>
+      <c r="E140" s="159"/>
+      <c r="F140" s="160">
+        <f>F129+F136+F139</f>
+        <v>1919</v>
+      </c>
+      <c r="G140" s="160">
+        <f>G129+G136+G139</f>
+        <v>67.59</v>
+      </c>
+      <c r="H140" s="160">
+        <f>H129+H136+H139</f>
+        <v>57.629999999999995</v>
+      </c>
+      <c r="I140" s="160">
+        <f>I129+I136+I139</f>
+        <v>236.39</v>
+      </c>
+      <c r="J140" s="160">
+        <f>J129+J136+J139</f>
+        <v>1789.94</v>
+      </c>
+      <c r="K140" s="161"/>
+      <c r="L140" s="162">
+        <f>L129+L136+L139</f>
+        <v>266.67</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A141" s="65">
+        <v>2</v>
+      </c>
+      <c r="B141" s="66">
+        <v>3</v>
+      </c>
+      <c r="C141" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" s="163"/>
+      <c r="E141" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="F141" s="164">
+        <v>110</v>
+      </c>
+      <c r="G141" s="127">
+        <v>2.9</v>
+      </c>
+      <c r="H141" s="127">
+        <v>2</v>
+      </c>
+      <c r="I141" s="127">
+        <v>16.2</v>
+      </c>
+      <c r="J141" s="127">
+        <v>94.4</v>
+      </c>
+      <c r="K141" s="156" t="s">
+        <v>49</v>
+      </c>
+      <c r="L141" s="63">
+        <v>39.869999999999997</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A142" s="67"/>
+      <c r="B142" s="68"/>
+      <c r="C142" s="40"/>
+      <c r="D142" s="49"/>
+      <c r="E142" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="F142" s="5">
+        <v>10</v>
+      </c>
+      <c r="G142" s="3">
+        <v>0.1</v>
+      </c>
+      <c r="H142" s="3">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="I142" s="3">
+        <v>0.1</v>
+      </c>
+      <c r="J142" s="3">
+        <v>75</v>
+      </c>
+      <c r="K142" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="L142" s="56">
+        <v>12.75</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A143" s="67"/>
+      <c r="B143" s="68"/>
+      <c r="C143" s="40"/>
+      <c r="D143" s="49"/>
+      <c r="E143" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="F136" s="18">
-[...14 lines deleted...]
-      <c r="K136" s="16" t="s">
+      <c r="F143" s="2">
+        <v>30</v>
+      </c>
+      <c r="G143" s="9">
+        <v>7.8</v>
+      </c>
+      <c r="H143" s="9">
+        <v>9.1</v>
+      </c>
+      <c r="I143" s="3">
+        <v>0</v>
+      </c>
+      <c r="J143" s="3">
+        <v>111</v>
+      </c>
+      <c r="K143" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="L143" s="56">
+        <v>26.82</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A144" s="67"/>
+      <c r="B144" s="68"/>
+      <c r="C144" s="40"/>
+      <c r="D144" s="40" t="s">
+        <v>21</v>
+      </c>
+      <c r="E144" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="F144" s="5">
+        <v>250</v>
+      </c>
+      <c r="G144" s="3">
+        <v>5.7</v>
+      </c>
+      <c r="H144" s="3">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I144" s="3">
+        <v>21.7</v>
+      </c>
+      <c r="J144" s="3">
+        <v>155</v>
+      </c>
+      <c r="K144" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="L144" s="56">
+        <v>20.6</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A145" s="67"/>
+      <c r="B145" s="68"/>
+      <c r="C145" s="40"/>
+      <c r="D145" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="E145" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F145" s="2">
+        <v>200</v>
+      </c>
+      <c r="G145" s="3">
+        <v>2.9</v>
+      </c>
+      <c r="H145" s="3">
+        <v>2.5</v>
+      </c>
+      <c r="I145" s="3">
+        <v>24.8</v>
+      </c>
+      <c r="J145" s="3">
+        <v>132</v>
+      </c>
+      <c r="K145" s="16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L145" s="56">
+        <v>16.64</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A146" s="67"/>
+      <c r="B146" s="68"/>
+      <c r="C146" s="40"/>
+      <c r="D146" s="40" t="s">
+        <v>77</v>
+      </c>
+      <c r="E146" s="11" t="s">
         <v>38</v>
       </c>
-      <c r="L136" s="21">
-[...7 lines deleted...]
-      <c r="D137" s="41" t="s">
+      <c r="F146" s="2">
+        <v>42</v>
+      </c>
+      <c r="G146" s="3">
+        <v>3.36</v>
+      </c>
+      <c r="H146" s="3">
+        <v>0.84</v>
+      </c>
+      <c r="I146" s="3">
+        <v>23.94</v>
+      </c>
+      <c r="J146" s="3">
+        <v>117.6</v>
+      </c>
+      <c r="K146" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L146" s="56">
+        <v>7.14</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A147" s="67"/>
+      <c r="B147" s="68"/>
+      <c r="C147" s="40"/>
+      <c r="D147" s="46" t="s">
+        <v>78</v>
+      </c>
+      <c r="E147" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F147" s="2">
         <v>30</v>
       </c>
-      <c r="E137" s="11" t="s">
-[...2 lines deleted...]
-      <c r="F137" s="2">
+      <c r="G147" s="3">
+        <v>2.1</v>
+      </c>
+      <c r="H147" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="I147" s="3">
+        <v>12.9</v>
+      </c>
+      <c r="J147" s="3">
+        <v>63</v>
+      </c>
+      <c r="K147" s="111" t="s">
+        <v>36</v>
+      </c>
+      <c r="L147" s="21">
+        <v>2.85</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A148" s="67"/>
+      <c r="B148" s="68"/>
+      <c r="C148" s="40"/>
+      <c r="D148" s="51" t="s">
+        <v>29</v>
+      </c>
+      <c r="E148" s="58"/>
+      <c r="F148" s="59">
+        <f>SUM(F141:F147)</f>
+        <v>672</v>
+      </c>
+      <c r="G148" s="59">
+        <f>SUM(G141:G147)</f>
+        <v>24.86</v>
+      </c>
+      <c r="H148" s="59">
+        <f>SUM(H141:H147)</f>
+        <v>27.939999999999998</v>
+      </c>
+      <c r="I148" s="59">
+        <f>SUM(I141:I147)</f>
+        <v>99.64</v>
+      </c>
+      <c r="J148" s="59">
+        <f>SUM(J141:J147)</f>
+        <v>748</v>
+      </c>
+      <c r="K148" s="112"/>
+      <c r="L148" s="60">
+        <f>SUM(L141:L147)</f>
+        <v>126.66999999999999</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A149" s="67">
+        <v>2</v>
+      </c>
+      <c r="B149" s="68">
+        <v>3</v>
+      </c>
+      <c r="C149" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="D149" s="46" t="s">
+        <v>25</v>
+      </c>
+      <c r="E149" s="149" t="s">
+        <v>158</v>
+      </c>
+      <c r="F149" s="5">
+        <v>262.5</v>
+      </c>
+      <c r="G149" s="3">
+        <v>9.4</v>
+      </c>
+      <c r="H149" s="3">
+        <v>10.7</v>
+      </c>
+      <c r="I149" s="3">
+        <v>19.600000000000001</v>
+      </c>
+      <c r="J149" s="3">
+        <v>193</v>
+      </c>
+      <c r="K149" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="L149" s="54">
+        <v>16.91</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A150" s="67"/>
+      <c r="B150" s="68"/>
+      <c r="C150" s="40"/>
+      <c r="D150" s="46" t="s">
+        <v>26</v>
+      </c>
+      <c r="E150" s="12" t="s">
+        <v>141</v>
+      </c>
+      <c r="F150" s="5">
+        <v>100</v>
+      </c>
+      <c r="G150" s="3">
+        <v>11.9</v>
+      </c>
+      <c r="H150" s="3">
+        <v>6.9</v>
+      </c>
+      <c r="I150" s="3">
+        <v>5.5</v>
+      </c>
+      <c r="J150" s="3">
+        <v>132</v>
+      </c>
+      <c r="K150" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L150" s="54">
+        <v>41.72</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A151" s="67"/>
+      <c r="B151" s="68"/>
+      <c r="C151" s="40"/>
+      <c r="D151" s="46" t="s">
+        <v>27</v>
+      </c>
+      <c r="E151" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F151" s="18">
+        <v>180</v>
+      </c>
+      <c r="G151" s="3">
+        <v>3.1</v>
+      </c>
+      <c r="H151" s="3">
+        <v>5.4</v>
+      </c>
+      <c r="I151" s="3">
+        <v>20.3</v>
+      </c>
+      <c r="J151" s="3">
+        <v>141</v>
+      </c>
+      <c r="K151" s="16" t="s">
+        <v>64</v>
+      </c>
+      <c r="L151" s="54">
+        <v>23.18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A152" s="67"/>
+      <c r="B152" s="68"/>
+      <c r="C152" s="40"/>
+      <c r="D152" s="40" t="s">
+        <v>81</v>
+      </c>
+      <c r="E152" s="50" t="s">
+        <v>149</v>
+      </c>
+      <c r="F152" s="18">
+        <v>50</v>
+      </c>
+      <c r="G152" s="3">
+        <v>1.44</v>
+      </c>
+      <c r="H152" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="I152" s="3">
+        <v>4.95</v>
+      </c>
+      <c r="J152" s="3">
+        <v>29</v>
+      </c>
+      <c r="K152" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L152" s="24">
+        <v>17.16</v>
+      </c>
+      <c r="M152" s="69"/>
+    </row>
+    <row r="153" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A153" s="67"/>
+      <c r="B153" s="68"/>
+      <c r="C153" s="40"/>
+      <c r="D153" s="40" t="s">
+        <v>28</v>
+      </c>
+      <c r="E153" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F153" s="18">
+        <v>200</v>
+      </c>
+      <c r="G153" s="3">
+        <v>0.7</v>
+      </c>
+      <c r="H153" s="3">
+        <v>0.09</v>
+      </c>
+      <c r="I153" s="3">
+        <v>32</v>
+      </c>
+      <c r="J153" s="3">
+        <v>113</v>
+      </c>
+      <c r="K153" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="L153" s="48">
+        <v>6.21</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A154" s="67"/>
+      <c r="B154" s="68"/>
+      <c r="C154" s="40"/>
+      <c r="D154" s="40" t="s">
+        <v>77</v>
+      </c>
+      <c r="E154" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F154" s="2">
+        <v>22</v>
+      </c>
+      <c r="G154" s="3">
+        <v>1.68</v>
+      </c>
+      <c r="H154" s="3">
+        <v>0.42</v>
+      </c>
+      <c r="I154" s="3">
+        <v>11.97</v>
+      </c>
+      <c r="J154" s="3">
+        <v>58.8</v>
+      </c>
+      <c r="K154" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L154" s="165">
+        <v>2.91</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A155" s="67"/>
+      <c r="B155" s="68"/>
+      <c r="C155" s="40"/>
+      <c r="D155" s="46" t="s">
+        <v>78</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F155" s="2">
         <v>20</v>
       </c>
-      <c r="G137" s="3">
+      <c r="G155" s="3">
         <v>1.4</v>
       </c>
-      <c r="H137" s="3">
+      <c r="H155" s="3">
         <v>0.2</v>
       </c>
-      <c r="I137" s="3">
+      <c r="I155" s="3">
         <v>8.6</v>
       </c>
-      <c r="J137" s="3">
+      <c r="J155" s="3">
         <v>42</v>
       </c>
-      <c r="K137" s="16" t="s">
-[...2 lines deleted...]
-      <c r="L137" s="63">
+      <c r="K155" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L155" s="56">
         <v>1.91</v>
       </c>
     </row>
-    <row r="138" spans="1:12" s="60" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...605 lines deleted...]
-      <c r="C156" s="41"/>
+    <row r="156" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A156" s="67"/>
+      <c r="B156" s="68"/>
+      <c r="C156" s="40"/>
       <c r="D156" s="41" t="s">
         <v>29</v>
       </c>
-      <c r="E156" s="11" t="s">
-[...2 lines deleted...]
-      <c r="F156" s="2">
+      <c r="E156" s="58"/>
+      <c r="F156" s="59">
+        <f>SUM(F149:F155)</f>
+        <v>834.5</v>
+      </c>
+      <c r="G156" s="59">
+        <f>SUM(G149:G155)</f>
+        <v>29.62</v>
+      </c>
+      <c r="H156" s="59">
+        <f>SUM(H149:H155)</f>
+        <v>24.01</v>
+      </c>
+      <c r="I156" s="59">
+        <f>SUM(I149:I155)</f>
+        <v>102.92</v>
+      </c>
+      <c r="J156" s="59">
+        <f>SUM(J149:J155)</f>
+        <v>708.8</v>
+      </c>
+      <c r="K156" s="111"/>
+      <c r="L156" s="64">
+        <f>SUM(L149:L155)</f>
+        <v>109.99999999999999</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A157" s="67">
+        <v>2</v>
+      </c>
+      <c r="B157" s="68">
+        <v>3</v>
+      </c>
+      <c r="C157" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="D157" s="46" t="s">
+        <v>90</v>
+      </c>
+      <c r="E157" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="F157" s="5">
+        <v>100</v>
+      </c>
+      <c r="G157" s="3">
+        <v>7.5</v>
+      </c>
+      <c r="H157" s="3">
+        <v>4.13</v>
+      </c>
+      <c r="I157" s="3">
+        <v>60</v>
+      </c>
+      <c r="J157" s="3">
+        <v>296</v>
+      </c>
+      <c r="K157" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="L157" s="56">
+        <v>7.86</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A158" s="67"/>
+      <c r="B158" s="68"/>
+      <c r="C158" s="40"/>
+      <c r="D158" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E158" s="145" t="s">
+        <v>130</v>
+      </c>
+      <c r="F158" s="5">
+        <v>200</v>
+      </c>
+      <c r="G158" s="3">
+        <v>5.8</v>
+      </c>
+      <c r="H158" s="3">
+        <v>6.4</v>
+      </c>
+      <c r="I158" s="3">
+        <v>8</v>
+      </c>
+      <c r="J158" s="3">
+        <v>113</v>
+      </c>
+      <c r="K158" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="L158" s="56">
+        <v>22.14</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="94"/>
+      <c r="B159" s="95"/>
+      <c r="C159" s="96"/>
+      <c r="D159" s="97" t="s">
+        <v>29</v>
+      </c>
+      <c r="E159" s="98"/>
+      <c r="F159" s="99">
+        <f>SUM(F157:F158)</f>
+        <v>300</v>
+      </c>
+      <c r="G159" s="100">
+        <f t="shared" ref="G159" si="10">SUM(G157:G158)</f>
+        <v>13.3</v>
+      </c>
+      <c r="H159" s="100">
+        <f t="shared" ref="H159" si="11">SUM(H157:H158)</f>
+        <v>10.530000000000001</v>
+      </c>
+      <c r="I159" s="100">
+        <f t="shared" ref="I159" si="12">SUM(I157:I158)</f>
+        <v>68</v>
+      </c>
+      <c r="J159" s="100">
+        <f t="shared" ref="J159" si="13">SUM(J157:J158)</f>
+        <v>409</v>
+      </c>
+      <c r="K159" s="101"/>
+      <c r="L159" s="102">
+        <f>SUM(L157:L158)</f>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="157">
+        <v>2</v>
+      </c>
+      <c r="B160" s="158">
+        <v>3</v>
+      </c>
+      <c r="C160" s="195" t="s">
+        <v>4</v>
+      </c>
+      <c r="D160" s="196"/>
+      <c r="E160" s="159"/>
+      <c r="F160" s="160">
+        <f>F148+F156+F159</f>
+        <v>1806.5</v>
+      </c>
+      <c r="G160" s="160">
+        <f t="shared" ref="G160:J160" si="14">G148+G156+G159</f>
+        <v>67.78</v>
+      </c>
+      <c r="H160" s="160">
+        <f t="shared" si="14"/>
+        <v>62.480000000000004</v>
+      </c>
+      <c r="I160" s="160">
+        <f t="shared" si="14"/>
+        <v>270.56</v>
+      </c>
+      <c r="J160" s="160">
+        <f t="shared" si="14"/>
+        <v>1865.8</v>
+      </c>
+      <c r="K160" s="161"/>
+      <c r="L160" s="162">
+        <f>L148+L156+L159</f>
+        <v>266.66999999999996</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12" s="55" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="65">
+        <v>2</v>
+      </c>
+      <c r="B161" s="66">
+        <v>4</v>
+      </c>
+      <c r="C161" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="E161" s="128" t="s">
+        <v>56</v>
+      </c>
+      <c r="F161" s="129">
+        <v>180</v>
+      </c>
+      <c r="G161" s="127">
+        <v>0.47</v>
+      </c>
+      <c r="H161" s="127">
+        <v>0.72</v>
+      </c>
+      <c r="I161" s="127">
+        <v>25</v>
+      </c>
+      <c r="J161" s="127">
+        <v>114</v>
+      </c>
+      <c r="K161" s="156" t="s">
+        <v>69</v>
+      </c>
+      <c r="L161" s="154">
+        <v>30.06</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A162" s="67"/>
+      <c r="B162" s="68"/>
+      <c r="C162" s="40"/>
+      <c r="D162" s="49"/>
+      <c r="E162" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="F162" s="18">
+        <v>50</v>
+      </c>
+      <c r="G162" s="3">
+        <v>3.8</v>
+      </c>
+      <c r="H162" s="3">
+        <v>5.9</v>
+      </c>
+      <c r="I162" s="3">
+        <v>38</v>
+      </c>
+      <c r="J162" s="3">
+        <v>208.5</v>
+      </c>
+      <c r="K162" s="2"/>
+      <c r="L162" s="54">
         <v>21</v>
       </c>
-      <c r="G156" s="3">
-[...2 lines deleted...]
-      <c r="H156" s="3">
+    </row>
+    <row r="163" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A163" s="67"/>
+      <c r="B163" s="68"/>
+      <c r="C163" s="40"/>
+      <c r="D163" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="E163" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="F163" s="5">
+        <v>100</v>
+      </c>
+      <c r="G163" s="3">
+        <v>21.8</v>
+      </c>
+      <c r="H163" s="3">
+        <v>12.2</v>
+      </c>
+      <c r="I163" s="3">
+        <v>0.8</v>
+      </c>
+      <c r="J163" s="9">
+        <v>200</v>
+      </c>
+      <c r="K163" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="L163" s="24">
+        <v>51.74</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A164" s="67"/>
+      <c r="B164" s="68"/>
+      <c r="C164" s="40"/>
+      <c r="D164" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="E164" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="F164" s="5">
+        <v>180</v>
+      </c>
+      <c r="G164" s="3">
+        <v>3.7</v>
+      </c>
+      <c r="H164" s="3">
+        <v>6.3</v>
+      </c>
+      <c r="I164" s="3">
+        <v>32.799999999999997</v>
+      </c>
+      <c r="J164" s="3">
+        <v>195</v>
+      </c>
+      <c r="K164" s="16" t="s">
+        <v>160</v>
+      </c>
+      <c r="L164" s="24">
+        <v>13.61</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A165" s="67"/>
+      <c r="B165" s="68"/>
+      <c r="C165" s="40"/>
+      <c r="D165" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="E165" s="145" t="s">
+        <v>72</v>
+      </c>
+      <c r="F165" s="5">
+        <v>200</v>
+      </c>
+      <c r="G165" s="3">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H165" s="3">
+        <v>0.02</v>
+      </c>
+      <c r="I165" s="3">
+        <v>15</v>
+      </c>
+      <c r="J165" s="3">
+        <v>60</v>
+      </c>
+      <c r="K165" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="L165" s="21">
+        <v>2.27</v>
+      </c>
+    </row>
+    <row r="166" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A166" s="67"/>
+      <c r="B166" s="68"/>
+      <c r="C166" s="40"/>
+      <c r="D166" s="50" t="s">
+        <v>77</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F166" s="126">
+        <v>36</v>
+      </c>
+      <c r="G166" s="3">
+        <v>2.8</v>
+      </c>
+      <c r="H166" s="3">
+        <v>0.7</v>
+      </c>
+      <c r="I166" s="3">
+        <v>19.95</v>
+      </c>
+      <c r="J166" s="3">
+        <v>98</v>
+      </c>
+      <c r="K166" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L166" s="21">
+        <v>6.08</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A167" s="67"/>
+      <c r="B167" s="68"/>
+      <c r="C167" s="40"/>
+      <c r="D167" s="46" t="s">
+        <v>78</v>
+      </c>
+      <c r="E167" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F167" s="16">
+        <v>20</v>
+      </c>
+      <c r="G167" s="3">
+        <v>1.4</v>
+      </c>
+      <c r="H167" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="I167" s="3">
+        <v>8.6</v>
+      </c>
+      <c r="J167" s="3">
+        <v>42</v>
+      </c>
+      <c r="K167" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L167" s="21">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A168" s="67"/>
+      <c r="B168" s="68"/>
+      <c r="C168" s="40"/>
+      <c r="D168" s="51" t="s">
+        <v>29</v>
+      </c>
+      <c r="E168" s="77"/>
+      <c r="F168" s="78">
+        <f>SUM(F161:F167)</f>
+        <v>766</v>
+      </c>
+      <c r="G168" s="78">
+        <f>SUM(G161:G167)</f>
+        <v>34.04</v>
+      </c>
+      <c r="H168" s="78">
+        <f>SUM(H161:H167)</f>
+        <v>26.04</v>
+      </c>
+      <c r="I168" s="78">
+        <f>SUM(I161:I167)</f>
+        <v>140.14999999999998</v>
+      </c>
+      <c r="J168" s="78">
+        <f>SUM(J161:J167)</f>
+        <v>917.5</v>
+      </c>
+      <c r="K168" s="112"/>
+      <c r="L168" s="60">
+        <f>SUM(L161:L167)</f>
+        <v>126.67</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A169" s="67">
+        <v>2</v>
+      </c>
+      <c r="B169" s="68">
+        <v>4</v>
+      </c>
+      <c r="C169" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="D169" s="46" t="s">
+        <v>25</v>
+      </c>
+      <c r="E169" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="F169" s="126">
+        <v>270</v>
+      </c>
+      <c r="G169" s="3">
+        <v>9.6</v>
+      </c>
+      <c r="H169" s="3">
+        <v>13.46</v>
+      </c>
+      <c r="I169" s="3">
+        <v>13.1</v>
+      </c>
+      <c r="J169" s="3">
+        <v>176.2</v>
+      </c>
+      <c r="K169" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="L169" s="54">
+        <v>30.03</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A170" s="67"/>
+      <c r="B170" s="68"/>
+      <c r="C170" s="40"/>
+      <c r="D170" s="46" t="s">
+        <v>26</v>
+      </c>
+      <c r="E170" s="12" t="s">
+        <v>105</v>
+      </c>
+      <c r="F170" s="126">
+        <v>100</v>
+      </c>
+      <c r="G170" s="3">
+        <v>12.8</v>
+      </c>
+      <c r="H170" s="3">
+        <v>16.8</v>
+      </c>
+      <c r="I170" s="3">
+        <v>12.9</v>
+      </c>
+      <c r="J170" s="3">
+        <v>227</v>
+      </c>
+      <c r="K170" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L170" s="54">
+        <v>39.51</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A171" s="67"/>
+      <c r="B171" s="68"/>
+      <c r="C171" s="40"/>
+      <c r="D171" s="46" t="s">
+        <v>27</v>
+      </c>
+      <c r="E171" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F171" s="126">
+        <v>180</v>
+      </c>
+      <c r="G171" s="16">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="H171" s="16">
+        <v>7.6</v>
+      </c>
+      <c r="I171" s="16">
+        <v>46.4</v>
+      </c>
+      <c r="J171" s="16">
+        <v>294</v>
+      </c>
+      <c r="K171" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="L171" s="54">
+        <v>9.92</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A172" s="67"/>
+      <c r="B172" s="68"/>
+      <c r="C172" s="40"/>
+      <c r="D172" s="46" t="s">
+        <v>81</v>
+      </c>
+      <c r="E172" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="F172" s="139">
+        <v>70</v>
+      </c>
+      <c r="G172" s="3">
         <v>0.42</v>
       </c>
-      <c r="I156" s="3">
-[...5 lines deleted...]
-      <c r="K156" s="16" t="s">
+      <c r="H172" s="3">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="I172" s="3">
+        <v>3.5</v>
+      </c>
+      <c r="J172" s="3">
+        <v>64</v>
+      </c>
+      <c r="K172" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="L172" s="54">
+        <v>17.940000000000001</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A173" s="67"/>
+      <c r="B173" s="68"/>
+      <c r="C173" s="40"/>
+      <c r="D173" s="40" t="s">
+        <v>28</v>
+      </c>
+      <c r="E173" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="F173" s="16">
+        <v>200</v>
+      </c>
+      <c r="G173" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="H173" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="I173" s="9">
+        <v>26.7</v>
+      </c>
+      <c r="J173" s="9">
+        <v>115</v>
+      </c>
+      <c r="K173" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L173" s="21">
+        <v>7.61</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A174" s="67"/>
+      <c r="B174" s="68"/>
+      <c r="C174" s="40"/>
+      <c r="D174" s="50" t="s">
+        <v>77</v>
+      </c>
+      <c r="E174" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="L156" s="64">
-[...13 lines deleted...]
-      <c r="F157" s="2">
+      <c r="F174" s="2">
+        <v>18</v>
+      </c>
+      <c r="G174" s="3">
+        <v>1.52</v>
+      </c>
+      <c r="H174" s="3">
+        <v>0.38</v>
+      </c>
+      <c r="I174" s="3">
+        <v>10.83</v>
+      </c>
+      <c r="J174" s="3">
+        <v>53.2</v>
+      </c>
+      <c r="K174" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L174" s="165">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A175" s="67"/>
+      <c r="B175" s="68"/>
+      <c r="C175" s="40"/>
+      <c r="D175" s="40" t="s">
+        <v>78</v>
+      </c>
+      <c r="E175" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F175" s="2">
         <v>20</v>
-      </c>
-[...600 lines deleted...]
-        <v>200</v>
       </c>
       <c r="G175" s="3">
         <v>1.4</v>
       </c>
       <c r="H175" s="3">
         <v>0.2</v>
       </c>
       <c r="I175" s="3">
+        <v>8.6</v>
+      </c>
+      <c r="J175" s="3">
+        <v>42</v>
+      </c>
+      <c r="K175" s="111" t="s">
+        <v>36</v>
+      </c>
+      <c r="L175" s="56">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A176" s="67"/>
+      <c r="B176" s="68"/>
+      <c r="C176" s="40"/>
+      <c r="D176" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E176" s="58"/>
+      <c r="F176" s="119">
+        <f>SUM(F169:F175)</f>
+        <v>858</v>
+      </c>
+      <c r="G176" s="131">
+        <f>SUM(G169:G175)</f>
+        <v>36.14</v>
+      </c>
+      <c r="H176" s="59">
+        <f>SUM(H169:H175)</f>
+        <v>40.840000000000003</v>
+      </c>
+      <c r="I176" s="59">
+        <f>SUM(I169:I175)</f>
+        <v>122.03</v>
+      </c>
+      <c r="J176" s="59">
+        <f>SUM(J169:J175)</f>
+        <v>971.40000000000009</v>
+      </c>
+      <c r="K176" s="111"/>
+      <c r="L176" s="64">
+        <f>SUM(L169:L175)</f>
+        <v>109.99999999999999</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A177" s="67">
+        <v>2</v>
+      </c>
+      <c r="B177" s="68">
+        <v>4</v>
+      </c>
+      <c r="C177" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="D177" s="46"/>
+      <c r="E177" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="F177" s="5">
+        <v>30</v>
+      </c>
+      <c r="G177" s="14">
+        <v>0.18</v>
+      </c>
+      <c r="H177" s="14">
+        <v>0</v>
+      </c>
+      <c r="I177" s="14">
+        <v>24.3</v>
+      </c>
+      <c r="J177" s="14">
+        <v>97.8</v>
+      </c>
+      <c r="K177" s="180"/>
+      <c r="L177" s="90">
+        <v>12.6</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A178" s="67"/>
+      <c r="B178" s="68"/>
+      <c r="C178" s="40"/>
+      <c r="D178" s="46" t="s">
+        <v>90</v>
+      </c>
+      <c r="E178" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="F178" s="5">
+        <v>100</v>
+      </c>
+      <c r="G178" s="118">
+        <v>6.9</v>
+      </c>
+      <c r="H178" s="118">
+        <v>12.1</v>
+      </c>
+      <c r="I178" s="118">
+        <v>54</v>
+      </c>
+      <c r="J178" s="118">
+        <v>368.8</v>
+      </c>
+      <c r="K178" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="L178" s="90">
+        <v>13.37</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A179" s="67"/>
+      <c r="B179" s="68"/>
+      <c r="C179" s="40"/>
+      <c r="D179" s="88" t="s">
+        <v>28</v>
+      </c>
+      <c r="E179" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="F179" s="5">
+        <v>205</v>
+      </c>
+      <c r="G179" s="14">
+        <v>0.25</v>
+      </c>
+      <c r="H179" s="14">
+        <v>0.1</v>
+      </c>
+      <c r="I179" s="14">
+        <v>14.1</v>
+      </c>
+      <c r="J179" s="14">
+        <v>62</v>
+      </c>
+      <c r="K179" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="L179" s="23">
+        <v>4.03</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="94"/>
+      <c r="B180" s="95"/>
+      <c r="C180" s="96"/>
+      <c r="D180" s="97" t="s">
+        <v>29</v>
+      </c>
+      <c r="E180" s="98"/>
+      <c r="F180" s="99">
+        <f>SUM(F177:F179)</f>
+        <v>335</v>
+      </c>
+      <c r="G180" s="100">
+        <f>SUM(G177:G179)</f>
+        <v>7.33</v>
+      </c>
+      <c r="H180" s="100">
+        <f>SUM(H177:H179)</f>
+        <v>12.2</v>
+      </c>
+      <c r="I180" s="100">
+        <f>SUM(I177:I179)</f>
+        <v>92.399999999999991</v>
+      </c>
+      <c r="J180" s="100">
+        <f>SUM(J177:J179)</f>
+        <v>528.6</v>
+      </c>
+      <c r="K180" s="101"/>
+      <c r="L180" s="102">
+        <f>SUM(L177:L179)</f>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="157">
+        <f>A161</f>
+        <v>2</v>
+      </c>
+      <c r="B181" s="158">
+        <f>B161</f>
+        <v>4</v>
+      </c>
+      <c r="C181" s="195" t="s">
+        <v>4</v>
+      </c>
+      <c r="D181" s="196"/>
+      <c r="E181" s="159"/>
+      <c r="F181" s="160">
+        <f>F168+F176+F180</f>
+        <v>1959</v>
+      </c>
+      <c r="G181" s="168">
+        <f>G168+G176+G180</f>
+        <v>77.510000000000005</v>
+      </c>
+      <c r="H181" s="168">
+        <f>H168+H176+H180</f>
+        <v>79.08</v>
+      </c>
+      <c r="I181" s="168">
+        <f>I168+I176+I180</f>
+        <v>354.57999999999993</v>
+      </c>
+      <c r="J181" s="168">
+        <f>J168+J176+J180</f>
+        <v>2417.5</v>
+      </c>
+      <c r="K181" s="161"/>
+      <c r="L181" s="162">
+        <f>L168+L176+L180</f>
+        <v>266.66999999999996</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" s="55" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="65">
+        <v>2</v>
+      </c>
+      <c r="B182" s="66">
+        <v>5</v>
+      </c>
+      <c r="C182" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" s="115"/>
+      <c r="E182" s="128" t="s">
+        <v>56</v>
+      </c>
+      <c r="F182" s="129">
+        <v>100</v>
+      </c>
+      <c r="G182" s="127">
+        <v>2.9</v>
+      </c>
+      <c r="H182" s="127">
+        <v>2</v>
+      </c>
+      <c r="I182" s="127">
+        <v>16.2</v>
+      </c>
+      <c r="J182" s="127">
+        <v>94.4</v>
+      </c>
+      <c r="K182" s="156" t="s">
+        <v>69</v>
+      </c>
+      <c r="L182" s="170">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" s="55" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="67"/>
+      <c r="B183" s="68"/>
+      <c r="C183" s="40"/>
+      <c r="D183" s="49"/>
+      <c r="E183" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="F183" s="5">
+        <v>25</v>
+      </c>
+      <c r="G183" s="3">
+        <v>1.39</v>
+      </c>
+      <c r="H183" s="3">
+        <v>3.93</v>
+      </c>
+      <c r="I183" s="3">
+        <v>9.25</v>
+      </c>
+      <c r="J183" s="3">
+        <v>78.03</v>
+      </c>
+      <c r="K183" s="2"/>
+      <c r="L183" s="21">
+        <v>26.85</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" s="55" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="67"/>
+      <c r="B184" s="68"/>
+      <c r="C184" s="40"/>
+      <c r="D184" s="169" t="s">
+        <v>21</v>
+      </c>
+      <c r="E184" s="149" t="s">
+        <v>136</v>
+      </c>
+      <c r="F184" s="5">
+        <v>200</v>
+      </c>
+      <c r="G184" s="3">
+        <v>23</v>
+      </c>
+      <c r="H184" s="3">
+        <v>14.5</v>
+      </c>
+      <c r="I184" s="3">
+        <v>15.5</v>
+      </c>
+      <c r="J184" s="3">
+        <v>254.7</v>
+      </c>
+      <c r="K184" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L184" s="171">
+        <v>63.47</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A185" s="67"/>
+      <c r="B185" s="68"/>
+      <c r="C185" s="40"/>
+      <c r="D185" s="46" t="s">
+        <v>22</v>
+      </c>
+      <c r="E185" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="F185" s="5">
+        <v>200</v>
+      </c>
+      <c r="G185" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="H185" s="3">
+        <v>0.05</v>
+      </c>
+      <c r="I185" s="3">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="J185" s="9">
+        <v>67</v>
+      </c>
+      <c r="K185" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="L185" s="54">
+        <v>3.09</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A186" s="67"/>
+      <c r="B186" s="68"/>
+      <c r="C186" s="40"/>
+      <c r="D186" s="50" t="s">
+        <v>77</v>
+      </c>
+      <c r="E186" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F186" s="16">
+        <v>26</v>
+      </c>
+      <c r="G186" s="3">
+        <v>2.08</v>
+      </c>
+      <c r="H186" s="3">
+        <v>0.52</v>
+      </c>
+      <c r="I186" s="3">
+        <v>14.82</v>
+      </c>
+      <c r="J186" s="3">
+        <v>72.8</v>
+      </c>
+      <c r="K186" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L186" s="171">
+        <v>4.3499999999999996</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A187" s="67"/>
+      <c r="B187" s="68"/>
+      <c r="C187" s="40"/>
+      <c r="D187" s="50" t="s">
+        <v>78</v>
+      </c>
+      <c r="E187" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F187" s="16">
+        <v>20</v>
+      </c>
+      <c r="G187" s="3">
+        <v>1.4</v>
+      </c>
+      <c r="H187" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="I187" s="3">
+        <v>8.6</v>
+      </c>
+      <c r="J187" s="3">
+        <v>42</v>
+      </c>
+      <c r="K187" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L187" s="171">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A188" s="67"/>
+      <c r="B188" s="68"/>
+      <c r="C188" s="40"/>
+      <c r="D188" s="51" t="s">
+        <v>29</v>
+      </c>
+      <c r="E188" s="77"/>
+      <c r="F188" s="78">
+        <f>SUM(F182:F187)</f>
+        <v>571</v>
+      </c>
+      <c r="G188" s="78">
+        <f>SUM(G182:G187)</f>
+        <v>31.07</v>
+      </c>
+      <c r="H188" s="78">
+        <f>SUM(H182:H187)</f>
+        <v>21.2</v>
+      </c>
+      <c r="I188" s="78">
+        <f>SUM(I182:I187)</f>
+        <v>81.77</v>
+      </c>
+      <c r="J188" s="78">
+        <f>SUM(J182:J187)</f>
+        <v>608.92999999999995</v>
+      </c>
+      <c r="K188" s="112"/>
+      <c r="L188" s="60">
+        <f>SUM(L182:L187)</f>
+        <v>126.66999999999999</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" s="55" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="67">
+        <v>2</v>
+      </c>
+      <c r="B189" s="68">
+        <v>5</v>
+      </c>
+      <c r="C189" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="D189" s="46" t="s">
+        <v>25</v>
+      </c>
+      <c r="E189" s="12" t="s">
+        <v>163</v>
+      </c>
+      <c r="F189" s="5">
+        <v>270</v>
+      </c>
+      <c r="G189" s="3">
+        <v>8.4</v>
+      </c>
+      <c r="H189" s="3">
+        <v>8.9</v>
+      </c>
+      <c r="I189" s="3">
+        <v>20</v>
+      </c>
+      <c r="J189" s="3">
+        <v>196</v>
+      </c>
+      <c r="K189" s="16" t="s">
+        <v>150</v>
+      </c>
+      <c r="L189" s="123">
+        <v>22.07</v>
+      </c>
+    </row>
+    <row r="190" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A190" s="67"/>
+      <c r="B190" s="68"/>
+      <c r="C190" s="40"/>
+      <c r="D190" s="46" t="s">
+        <v>26</v>
+      </c>
+      <c r="E190" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F190" s="5">
+        <v>100</v>
+      </c>
+      <c r="G190" s="3">
+        <v>19</v>
+      </c>
+      <c r="H190" s="3">
+        <v>20.8</v>
+      </c>
+      <c r="I190" s="3">
+        <v>13.6</v>
+      </c>
+      <c r="J190" s="3">
+        <v>318</v>
+      </c>
+      <c r="K190" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L190" s="54">
+        <v>37.83</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A191" s="67"/>
+      <c r="B191" s="68"/>
+      <c r="C191" s="40"/>
+      <c r="D191" s="46" t="s">
+        <v>27</v>
+      </c>
+      <c r="E191" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="F191" s="5">
+        <v>180</v>
+      </c>
+      <c r="G191" s="3">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="H191" s="3">
+        <v>5.2</v>
+      </c>
+      <c r="I191" s="3">
+        <v>11.8</v>
+      </c>
+      <c r="J191" s="3">
+        <v>131</v>
+      </c>
+      <c r="K191" s="16" t="s">
+        <v>162</v>
+      </c>
+      <c r="L191" s="54">
+        <v>17.489999999999998</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A192" s="67"/>
+      <c r="B192" s="68"/>
+      <c r="C192" s="40"/>
+      <c r="D192" s="46" t="s">
+        <v>81</v>
+      </c>
+      <c r="E192" s="50" t="s">
+        <v>149</v>
+      </c>
+      <c r="F192" s="18">
+        <v>50</v>
+      </c>
+      <c r="G192" s="3">
+        <v>1.44</v>
+      </c>
+      <c r="H192" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="I192" s="3">
+        <v>4.95</v>
+      </c>
+      <c r="J192" s="3">
+        <v>29</v>
+      </c>
+      <c r="K192" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L192" s="54">
+        <v>17.16</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A193" s="67"/>
+      <c r="B193" s="68"/>
+      <c r="C193" s="40"/>
+      <c r="D193" s="40" t="s">
+        <v>28</v>
+      </c>
+      <c r="E193" s="125" t="s">
+        <v>59</v>
+      </c>
+      <c r="F193" s="2">
+        <v>200</v>
+      </c>
+      <c r="G193" s="3">
+        <v>1.4</v>
+      </c>
+      <c r="H193" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="I193" s="3">
         <v>26.4</v>
       </c>
-      <c r="J175" s="3">
+      <c r="J193" s="3">
         <v>120</v>
       </c>
-      <c r="K175" s="182" t="s">
-[...31 lines deleted...]
-      <c r="K176" s="16" t="s">
+      <c r="K193" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L193" s="48">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A194" s="67"/>
+      <c r="B194" s="68"/>
+      <c r="C194" s="40"/>
+      <c r="D194" s="40" t="s">
+        <v>77</v>
+      </c>
+      <c r="E194" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="L176" s="64">
-[...248 lines deleted...]
-      <c r="C184" s="40" t="s">
+      <c r="F194" s="139">
+        <v>22</v>
+      </c>
+      <c r="G194" s="3">
+        <v>1.76</v>
+      </c>
+      <c r="H194" s="3">
+        <v>0.44</v>
+      </c>
+      <c r="I194" s="3">
+        <v>12.54</v>
+      </c>
+      <c r="J194" s="3">
+        <v>61.6</v>
+      </c>
+      <c r="K194" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L194" s="21">
+        <v>3.64</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A195" s="67"/>
+      <c r="B195" s="68"/>
+      <c r="C195" s="40"/>
+      <c r="D195" s="50" t="s">
+        <v>78</v>
+      </c>
+      <c r="E195" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F195" s="18">
         <v>20</v>
       </c>
-      <c r="D184" s="167"/>
-[...162 lines deleted...]
-      <c r="G189" s="3">
+      <c r="G195" s="3">
         <v>1.4</v>
-      </c>
-[...198 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="H195" s="3">
         <v>0.2</v>
       </c>
       <c r="I195" s="3">
-        <v>27.9</v>
+        <v>8.6</v>
       </c>
       <c r="J195" s="3">
-        <v>115</v>
-[...11 lines deleted...]
-      <c r="C196" s="41"/>
+        <v>42</v>
+      </c>
+      <c r="K195" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L195" s="21">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A196" s="67"/>
+      <c r="B196" s="68"/>
+      <c r="C196" s="40"/>
       <c r="D196" s="41" t="s">
         <v>29</v>
       </c>
-      <c r="E196" s="11" t="s">
-[...28 lines deleted...]
-      <c r="D197" s="53" t="s">
+      <c r="E196" s="58"/>
+      <c r="F196" s="59">
+        <f>SUM(F189:F195)</f>
+        <v>842</v>
+      </c>
+      <c r="G196" s="59">
+        <f>SUM(G189:G195)</f>
+        <v>37.999999999999993</v>
+      </c>
+      <c r="H196" s="59">
+        <f>SUM(H189:H195)</f>
+        <v>36.040000000000006</v>
+      </c>
+      <c r="I196" s="59">
+        <f>SUM(I189:I195)</f>
+        <v>97.889999999999986</v>
+      </c>
+      <c r="J196" s="59">
+        <f>SUM(J189:J195)</f>
+        <v>897.6</v>
+      </c>
+      <c r="K196" s="111"/>
+      <c r="L196" s="64">
+        <f>SUM(L189:L195)</f>
+        <v>110</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A197" s="67">
+        <v>2</v>
+      </c>
+      <c r="B197" s="68">
+        <v>5</v>
+      </c>
+      <c r="C197" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="D197" s="46" t="s">
+        <v>90</v>
+      </c>
+      <c r="E197" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F197" s="18">
+        <v>100</v>
+      </c>
+      <c r="G197" s="9">
+        <v>12.14</v>
+      </c>
+      <c r="H197" s="9">
+        <v>8.14</v>
+      </c>
+      <c r="I197" s="9">
+        <v>38.67</v>
+      </c>
+      <c r="J197" s="9">
+        <v>258.7</v>
+      </c>
+      <c r="K197" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="L197" s="56">
+        <v>21.74</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A198" s="67"/>
+      <c r="B198" s="68"/>
+      <c r="C198" s="40"/>
+      <c r="D198" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E198" s="125" t="s">
+        <v>137</v>
+      </c>
+      <c r="F198" s="2">
+        <v>200</v>
+      </c>
+      <c r="G198" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="H198" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="I198" s="9">
+        <v>26.7</v>
+      </c>
+      <c r="J198" s="9">
+        <v>115</v>
+      </c>
+      <c r="K198" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L198" s="56">
+        <v>8.26</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="94"/>
+      <c r="B199" s="95"/>
+      <c r="C199" s="96"/>
+      <c r="D199" s="97" t="s">
+        <v>29</v>
+      </c>
+      <c r="E199" s="98"/>
+      <c r="F199" s="99">
+        <f>SUM(F197:F198)</f>
+        <v>300</v>
+      </c>
+      <c r="G199" s="100">
+        <f t="shared" ref="G199" si="15">SUM(G197:G198)</f>
+        <v>12.34</v>
+      </c>
+      <c r="H199" s="100">
+        <f t="shared" ref="H199" si="16">SUM(H197:H198)</f>
+        <v>8.24</v>
+      </c>
+      <c r="I199" s="100">
+        <f t="shared" ref="I199" si="17">SUM(I197:I198)</f>
+        <v>65.37</v>
+      </c>
+      <c r="J199" s="100">
+        <f t="shared" ref="J199" si="18">SUM(J197:J198)</f>
+        <v>373.7</v>
+      </c>
+      <c r="K199" s="101"/>
+      <c r="L199" s="102">
+        <f>SUM(L197:L198)</f>
         <v>30</v>
       </c>
-      <c r="E197" s="11" t="s">
-[...59 lines deleted...]
-      <c r="A199" s="77">
+    </row>
+    <row r="200" spans="1:12" s="55" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A200" s="105">
+        <f>A182</f>
         <v>2</v>
       </c>
-      <c r="B199" s="78">
+      <c r="B200" s="106">
+        <f>B182</f>
         <v>5</v>
       </c>
-      <c r="C199" s="41" t="s">
-[...102 lines deleted...]
-        <f>B184</f>
+      <c r="C200" s="197" t="s">
+        <v>4</v>
+      </c>
+      <c r="D200" s="198"/>
+      <c r="E200" s="107"/>
+      <c r="F200" s="108">
+        <f>F188+F196+F199</f>
+        <v>1713</v>
+      </c>
+      <c r="G200" s="167">
+        <f>G188+G196+G199</f>
+        <v>81.41</v>
+      </c>
+      <c r="H200" s="167">
+        <f>H188+H196+H199</f>
+        <v>65.48</v>
+      </c>
+      <c r="I200" s="167">
+        <f>I188+I196+I199</f>
+        <v>245.02999999999997</v>
+      </c>
+      <c r="J200" s="167">
+        <f>J188+J196+J199</f>
+        <v>1880.23</v>
+      </c>
+      <c r="K200" s="113"/>
+      <c r="L200" s="109">
+        <f>L188+L196+L199</f>
+        <v>266.66999999999996</v>
+      </c>
+    </row>
+    <row r="201" spans="1:12" s="55" customFormat="1" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A201" s="79"/>
+      <c r="B201" s="80"/>
+      <c r="C201" s="184" t="s">
         <v>5</v>
       </c>
-      <c r="C202" s="213" t="s">
-[...86 lines deleted...]
-      <c r="L206" s="55"/>
+      <c r="D201" s="185"/>
+      <c r="E201" s="84"/>
+      <c r="F201" s="87">
+        <f>(F26+F44+F63+F101+F121+F140+F160+F181+F200)/(IF(F26=0,0,1)+IF(F44=0,0,1)+IF(F63=0,0,1)+IF(F101=0,0,1)+IF(F121=0,0,1)+IF(F140=0,0,1)+IF(F160=0,0,1)+IF(F181=0,0,1)+IF(F200=0,0,1))</f>
+        <v>1835.7222222222222</v>
+      </c>
+      <c r="G201" s="87">
+        <f>(G26+G44+G63+G101+G121+G140+G160+G181+G200)/(IF(G26=0,0,1)+IF(G44=0,0,1)+IF(G63=0,0,1)+IF(G101=0,0,1)+IF(G121=0,0,1)+IF(G140=0,0,1)+IF(G160=0,0,1)+IF(G181=0,0,1)+IF(G200=0,0,1))</f>
+        <v>71.646666666666661</v>
+      </c>
+      <c r="H201" s="87">
+        <f>(H26+H44+H63+H101+H121+H140+H160+H181+H200)/(IF(H26=0,0,1)+IF(H44=0,0,1)+IF(H63=0,0,1)+IF(H101=0,0,1)+IF(H121=0,0,1)+IF(H140=0,0,1)+IF(H160=0,0,1)+IF(H181=0,0,1)+IF(H200=0,0,1))</f>
+        <v>67.853333333333339</v>
+      </c>
+      <c r="I201" s="87">
+        <f>(I26+I44+I63+I101+I121+I140+I160+I181+I200)/(IF(I26=0,0,1)+IF(I44=0,0,1)+IF(I63=0,0,1)+IF(I101=0,0,1)+IF(I121=0,0,1)+IF(I140=0,0,1)+IF(I160=0,0,1)+IF(I181=0,0,1)+IF(I200=0,0,1))</f>
+        <v>287.74111111111114</v>
+      </c>
+      <c r="J201" s="87">
+        <f>(J26+J44+J63+J101+J121+J140+J160+J181+J200)/(IF(J26=0,0,1)+IF(J44=0,0,1)+IF(J63=0,0,1)+IF(J101=0,0,1)+IF(J121=0,0,1)+IF(J140=0,0,1)+IF(J160=0,0,1)+IF(J181=0,0,1)+IF(J200=0,0,1))</f>
+        <v>2027.4211111111113</v>
+      </c>
+      <c r="K201" s="87"/>
+      <c r="L201" s="116">
+        <f>(L26+L44+L63+L101+L121+L140+L160+L181+L200)/(IF(L26=0,0,1)+IF(L44=0,0,1)+IF(L63=0,0,1)+IF(L101=0,0,1)+IF(L121=0,0,1)+IF(L140=0,0,1)+IF(L160=0,0,1)+IF(L181=0,0,1)+IF(L200=0,0,1))</f>
+        <v>266.72333333333336</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" s="55" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C202" s="81"/>
+      <c r="D202" s="81"/>
+      <c r="K202" s="183"/>
+      <c r="L202" s="82"/>
+    </row>
+    <row r="203" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="C203" s="81"/>
+      <c r="D203" s="81"/>
+      <c r="K203" s="183"/>
+      <c r="L203" s="82"/>
+    </row>
+    <row r="204" spans="1:12" s="55" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A204" s="27"/>
+      <c r="B204" s="27"/>
+      <c r="C204" s="26"/>
+      <c r="D204" s="26"/>
+      <c r="E204" s="27"/>
+      <c r="F204" s="27"/>
+      <c r="G204" s="27"/>
+      <c r="H204" s="27"/>
+      <c r="I204" s="27"/>
+      <c r="J204" s="27"/>
+      <c r="K204" s="179"/>
+      <c r="L204" s="52"/>
     </row>
   </sheetData>
   <mergeCells count="14">
-    <mergeCell ref="C203:D203"/>
+    <mergeCell ref="C201:D201"/>
     <mergeCell ref="C1:E1"/>
     <mergeCell ref="H1:K1"/>
     <mergeCell ref="H2:K2"/>
     <mergeCell ref="C26:D26"/>
-    <mergeCell ref="C45:D45"/>
-[...7 lines deleted...]
-    <mergeCell ref="C202:D202"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="C63:D63"/>
+    <mergeCell ref="C82:D82"/>
+    <mergeCell ref="C101:D101"/>
+    <mergeCell ref="C121:D121"/>
+    <mergeCell ref="C140:D140"/>
+    <mergeCell ref="C160:D160"/>
+    <mergeCell ref="C181:D181"/>
+    <mergeCell ref="C200:D200"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="95" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nick</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>