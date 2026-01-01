--- v0 (2025-10-30)
+++ v1 (2026-01-01)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\1\Desktop\Школьная документация\ПИТАНИЕ\2024-2025\Food\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\1\Desktop\Школьная документация\ПИТАНИЕ\2025-2026\Food\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="360" yWindow="15" windowWidth="20955" windowHeight="9720"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C3" i="1" l="1"/>
   <c r="D3" i="1" s="1"/>
   <c r="E3" i="1" s="1"/>
   <c r="F3" i="1" s="1"/>
   <c r="G3" i="1" s="1"/>
   <c r="H3" i="1" s="1"/>
   <c r="I3" i="1" s="1"/>
   <c r="J3" i="1" s="1"/>
   <c r="K3" i="1" s="1"/>
   <c r="L3" i="1" s="1"/>
   <c r="M3" i="1" s="1"/>
@@ -520,52 +520,52 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF12"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="M1" zoomScale="145" zoomScaleNormal="145" workbookViewId="0">
-      <selection activeCell="AC15" sqref="AC15"/>
+    <sheetView tabSelected="1" zoomScale="145" zoomScaleNormal="145" workbookViewId="0">
+      <selection activeCell="H20" sqref="H20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.85546875" customWidth="1"/>
     <col min="2" max="32" width="4.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="13">
         <v>2</v>
       </c>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
       <c r="H1" s="13"/>
       <c r="I1" s="13"/>
       <c r="J1" s="13"/>
       <c r="K1" s="1"/>
       <c r="L1" s="3" t="s">
@@ -1245,182 +1245,182 @@
         <v>8</v>
       </c>
       <c r="X10" s="5">
         <v>9</v>
       </c>
       <c r="Y10" s="5">
         <v>10</v>
       </c>
       <c r="Z10" s="8"/>
       <c r="AA10" s="8"/>
       <c r="AB10" s="8"/>
       <c r="AC10" s="6"/>
       <c r="AD10" s="6"/>
       <c r="AE10" s="6"/>
       <c r="AF10" s="6"/>
     </row>
     <row r="11" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="6"/>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="11">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G11" s="5">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="H11" s="5">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="12">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="L11" s="11">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="M11" s="11">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="N11" s="5">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="O11" s="5">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="P11" s="8"/>
       <c r="Q11" s="8"/>
       <c r="R11" s="12">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="S11" s="11">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="T11" s="11">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="U11" s="5">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="V11" s="5">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="W11" s="8"/>
       <c r="X11" s="8"/>
       <c r="Y11" s="12">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="Z11" s="11">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="AA11" s="11">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="AB11" s="5">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="AC11" s="5">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="AD11" s="8"/>
       <c r="AE11" s="8"/>
       <c r="AF11" s="2"/>
     </row>
     <row r="12" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="12">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C12" s="12">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D12" s="12">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E12" s="12">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F12" s="12">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="12">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J12" s="12">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K12" s="12">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="L12" s="12">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="M12" s="12">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="N12" s="8"/>
       <c r="O12" s="8"/>
       <c r="P12" s="12">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="Q12" s="12">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="R12" s="12">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="S12" s="12">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="T12" s="12">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="8"/>
       <c r="W12" s="12">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="X12" s="12">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="Y12" s="12">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="Z12" s="12">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="AA12" s="12">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="AB12" s="8"/>
       <c r="AC12" s="6"/>
       <c r="AD12" s="6"/>
       <c r="AE12" s="6"/>
       <c r="AF12" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:J1"/>
     <mergeCell ref="AD1:AE1"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="93" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>